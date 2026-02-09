--- v0 (2025-12-23)
+++ v1 (2026-02-09)
@@ -1,79 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{40AA5E92-8CC2-4485-9637-674A5E280EE8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="34" documentId="14_{EBE08448-912E-4862-A215-997E66F37C41}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{BA52CAD9-A9C2-45AA-9C46-2AD0037BF6FC}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="9-31-2025" sheetId="1" r:id="rId1"/>
+    <sheet name="12-31-2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'9-31-2025'!$A$2:$F$228</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'12-31-2025'!$A$2:$F$229</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1365" uniqueCount="1062">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1371" uniqueCount="1066">
   <si>
     <t xml:space="preserve">BP - Prudhoe Bay </t>
   </si>
   <si>
     <t>Prudhoe Bay</t>
   </si>
   <si>
     <t>AK</t>
   </si>
   <si>
     <t>99734</t>
   </si>
   <si>
     <t xml:space="preserve">ConocoPhillips - Kuparuk </t>
   </si>
   <si>
     <t>Kuparuk</t>
   </si>
   <si>
     <t>North Pole</t>
   </si>
   <si>
     <t>99705</t>
   </si>
   <si>
@@ -3214,141 +3214,148 @@
   <si>
     <t>HF Sinclair Woods Cross Refining LLC</t>
   </si>
   <si>
     <t xml:space="preserve">HF Sinclair Puget Sound Refining LLC </t>
   </si>
   <si>
     <t xml:space="preserve">U S  Oil AND Refining - Tacoma </t>
   </si>
   <si>
     <t>&lt;UNKNOWN&gt;</t>
   </si>
   <si>
     <t>1100 H AND H</t>
   </si>
   <si>
     <t>IES Downstream LLC</t>
   </si>
   <si>
     <t>96707</t>
   </si>
   <si>
     <t>Hawaii Independent Energy</t>
   </si>
   <si>
-    <t>Active Refinery Control Numbers@ 09/31/2025</t>
+    <t>Active Refinery Control Numbers@ 12/31/2025</t>
+  </si>
+  <si>
+    <t>R-00-TX-0284</t>
+  </si>
+  <si>
+    <t>TPC HNO</t>
+  </si>
+  <si>
+    <t>8600 PARK PLACE BLVD</t>
+  </si>
+  <si>
+    <t>77017</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
-      <name val="Times New Roman"/>
-[...3 lines deleted...]
-      <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF2F5597"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="5">
+  <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -3356,57 +3363,70 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="44">
+  <cellXfs count="47">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
@@ -3442,64 +3462,71 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal_Sheet1" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal_Sheet2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3774,77 +3801,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G228"/>
+  <dimension ref="A1:G229"/>
   <sheetViews>
     <sheetView tabSelected="1" showRuler="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" sqref="A1:F1"/>
+      <selection pane="bottomLeft" activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="24.7109375" defaultRowHeight="25.15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13.5703125" style="4" customWidth="1"/>
     <col min="2" max="2" width="39.42578125" style="4" customWidth="1"/>
     <col min="3" max="3" width="24.7109375" style="4" customWidth="1"/>
     <col min="4" max="4" width="16.7109375" style="4" customWidth="1"/>
     <col min="5" max="5" width="13.7109375" style="26" customWidth="1"/>
     <col min="6" max="6" width="15.42578125" style="26" customWidth="1"/>
     <col min="7" max="16384" width="24.7109375" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="42" t="s">
+      <c r="A1" s="41" t="s">
         <v>1061</v>
       </c>
-      <c r="B1" s="43"/>
-[...3 lines deleted...]
-      <c r="F1" s="43"/>
+      <c r="B1" s="42"/>
+      <c r="C1" s="42"/>
+      <c r="D1" s="42"/>
+      <c r="E1" s="42"/>
+      <c r="F1" s="42"/>
     </row>
     <row r="2" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="19" t="s">
         <v>800</v>
       </c>
       <c r="B2" s="28" t="s">
         <v>801</v>
       </c>
       <c r="C2" s="28" t="s">
         <v>802</v>
       </c>
       <c r="D2" s="28" t="s">
         <v>803</v>
       </c>
       <c r="E2" s="18" t="s">
         <v>804</v>
       </c>
       <c r="F2" s="18" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="3" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="6" t="s">
         <v>616</v>
       </c>
@@ -5401,51 +5428,51 @@
         <v>308</v>
       </c>
       <c r="F80" s="20" t="s">
         <v>947</v>
       </c>
     </row>
     <row r="81" spans="1:7" s="5" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="8" t="s">
         <v>788</v>
       </c>
       <c r="B81" s="8" t="s">
         <v>789</v>
       </c>
       <c r="C81" s="8" t="s">
         <v>977</v>
       </c>
       <c r="D81" s="8" t="s">
         <v>978</v>
       </c>
       <c r="E81" s="20" t="s">
         <v>308</v>
       </c>
       <c r="F81" s="20" t="s">
         <v>979</v>
       </c>
-      <c r="G81" s="41" t="s">
+      <c r="G81" s="40" t="s">
         <v>830</v>
       </c>
     </row>
     <row r="82" spans="1:7" s="5" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="8" t="s">
         <v>790</v>
       </c>
       <c r="B82" s="8" t="s">
         <v>791</v>
       </c>
       <c r="C82" s="8" t="s">
         <v>980</v>
       </c>
       <c r="D82" s="8" t="s">
         <v>318</v>
       </c>
       <c r="E82" s="20" t="s">
         <v>308</v>
       </c>
       <c r="F82" s="20" t="s">
         <v>970</v>
       </c>
     </row>
     <row r="83" spans="1:7" s="5" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="8" t="s">
@@ -5607,2837 +5634,2842 @@
         <v>319</v>
       </c>
     </row>
     <row r="91" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="6" t="s">
         <v>831</v>
       </c>
       <c r="B91" s="6" t="s">
         <v>832</v>
       </c>
       <c r="C91" s="6" t="s">
         <v>833</v>
       </c>
       <c r="D91" s="10" t="s">
         <v>351</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>308</v>
       </c>
       <c r="F91" s="22" t="s">
         <v>993</v>
       </c>
     </row>
     <row r="92" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="16" t="s">
-        <v>659</v>
+        <v>1062</v>
       </c>
       <c r="B92" s="14" t="s">
-        <v>660</v>
+        <v>1063</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>998</v>
+        <v>1064</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>661</v>
+        <v>983</v>
       </c>
       <c r="E92" s="21" t="s">
-        <v>379</v>
+        <v>308</v>
       </c>
       <c r="F92" s="21" t="s">
-        <v>999</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="93" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A93" s="27" t="s">
-        <v>767</v>
+        <v>659</v>
       </c>
       <c r="B93" s="13" t="s">
-        <v>1000</v>
+        <v>660</v>
       </c>
       <c r="C93" s="9" t="s">
-        <v>1001</v>
+        <v>998</v>
       </c>
       <c r="D93" s="6" t="s">
-        <v>49</v>
+        <v>661</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>391</v>
+        <v>379</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>1002</v>
+        <v>999</v>
       </c>
     </row>
     <row r="94" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="13" t="s">
-        <v>613</v>
+        <v>767</v>
       </c>
       <c r="B94" s="13" t="s">
-        <v>614</v>
+        <v>1000</v>
       </c>
       <c r="C94" s="9" t="s">
-        <v>615</v>
+        <v>1001</v>
       </c>
       <c r="D94" s="9" t="s">
-        <v>1003</v>
+        <v>49</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>415</v>
+        <v>391</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>1004</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="95" spans="1:7" s="5" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A95" s="13" t="s">
-        <v>778</v>
+        <v>613</v>
       </c>
       <c r="B95" s="13" t="s">
-        <v>779</v>
+        <v>614</v>
       </c>
       <c r="C95" s="9" t="s">
-        <v>1005</v>
+        <v>615</v>
       </c>
       <c r="D95" s="9" t="s">
-        <v>780</v>
+        <v>1003</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>415</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>1006</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="96" spans="1:7" s="5" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="13" t="s">
-        <v>568</v>
+        <v>778</v>
       </c>
       <c r="B96" s="13" t="s">
-        <v>565</v>
+        <v>779</v>
       </c>
       <c r="C96" s="9" t="s">
-        <v>566</v>
+        <v>1005</v>
       </c>
       <c r="D96" s="9" t="s">
-        <v>567</v>
+        <v>780</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>1007</v>
+        <v>1006</v>
       </c>
       <c r="G96" s="5" t="s">
         <v>830</v>
       </c>
     </row>
     <row r="97" spans="1:7" s="5" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="13" t="s">
-        <v>682</v>
-[...10 lines deleted...]
-      <c r="E97" s="39" t="s">
+        <v>568</v>
+      </c>
+      <c r="B97" s="37" t="s">
+        <v>565</v>
+      </c>
+      <c r="C97" s="37" t="s">
+        <v>566</v>
+      </c>
+      <c r="D97" s="37" t="s">
+        <v>567</v>
+      </c>
+      <c r="E97" s="38" t="s">
         <v>417</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>1008</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="98" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A98" s="6" t="s">
-        <v>686</v>
+        <v>682</v>
       </c>
       <c r="B98" s="8" t="s">
         <v>683</v>
       </c>
       <c r="C98" s="8" t="s">
-        <v>687</v>
+        <v>684</v>
       </c>
       <c r="D98" s="8" t="s">
-        <v>688</v>
+        <v>685</v>
       </c>
       <c r="E98" s="20" t="s">
         <v>417</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>1009</v>
-[...1 lines deleted...]
-      <c r="G98" s="40"/>
+        <v>1008</v>
+      </c>
+      <c r="G98" s="39"/>
     </row>
     <row r="99" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A99" s="6" t="s">
-        <v>693</v>
+        <v>686</v>
       </c>
       <c r="B99" s="8" t="s">
-        <v>1010</v>
+        <v>683</v>
       </c>
       <c r="C99" s="8" t="s">
-        <v>1011</v>
+        <v>687</v>
       </c>
       <c r="D99" s="8" t="s">
-        <v>425</v>
+        <v>688</v>
       </c>
       <c r="E99" s="20" t="s">
         <v>417</v>
       </c>
       <c r="F99" s="20" t="s">
-        <v>426</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="100" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A100" s="6" t="s">
-        <v>508</v>
+        <v>693</v>
       </c>
       <c r="B100" s="8" t="s">
-        <v>228</v>
+        <v>1010</v>
       </c>
       <c r="C100" s="8" t="s">
-        <v>229</v>
+        <v>1011</v>
       </c>
       <c r="D100" s="8" t="s">
-        <v>230</v>
+        <v>425</v>
       </c>
       <c r="E100" s="20" t="s">
-        <v>231</v>
+        <v>417</v>
       </c>
       <c r="F100" s="20" t="s">
-        <v>232</v>
+        <v>426</v>
       </c>
     </row>
     <row r="101" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="6" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="B101" s="8" t="s">
-        <v>584</v>
+        <v>228</v>
       </c>
       <c r="C101" s="8" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="D101" s="8" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="E101" s="20" t="s">
         <v>231</v>
       </c>
       <c r="F101" s="20" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
     </row>
     <row r="102" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A102" s="6" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="B102" s="8" t="s">
-        <v>236</v>
+        <v>584</v>
       </c>
       <c r="C102" s="8" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="D102" s="8" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="E102" s="20" t="s">
         <v>231</v>
       </c>
       <c r="F102" s="20" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
     </row>
     <row r="103" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="6" t="s">
-        <v>539</v>
+        <v>510</v>
       </c>
       <c r="B103" s="8" t="s">
-        <v>1012</v>
+        <v>236</v>
       </c>
       <c r="C103" s="8" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="D103" s="8" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="E103" s="20" t="s">
         <v>231</v>
       </c>
       <c r="F103" s="20" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
     </row>
     <row r="104" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="6" t="s">
-        <v>518</v>
+        <v>539</v>
       </c>
       <c r="B104" s="8" t="s">
-        <v>290</v>
+        <v>1012</v>
       </c>
       <c r="C104" s="8" t="s">
-        <v>291</v>
+        <v>240</v>
       </c>
       <c r="D104" s="8" t="s">
-        <v>292</v>
+        <v>241</v>
       </c>
       <c r="E104" s="20" t="s">
-        <v>293</v>
+        <v>231</v>
       </c>
       <c r="F104" s="20" t="s">
-        <v>294</v>
+        <v>242</v>
       </c>
     </row>
     <row r="105" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="6" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="B105" s="8" t="s">
-        <v>1013</v>
+        <v>290</v>
       </c>
       <c r="C105" s="8" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="D105" s="8" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="E105" s="20" t="s">
         <v>293</v>
       </c>
       <c r="F105" s="20" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
     </row>
     <row r="106" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A106" s="6" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="B106" s="8" t="s">
-        <v>1014</v>
+        <v>1013</v>
       </c>
       <c r="C106" s="8" t="s">
-        <v>1015</v>
+        <v>295</v>
       </c>
       <c r="D106" s="8" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="E106" s="20" t="s">
         <v>293</v>
       </c>
       <c r="F106" s="20" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="107" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="6" t="s">
-        <v>547</v>
+        <v>520</v>
       </c>
       <c r="B107" s="10" t="s">
-        <v>299</v>
+        <v>1014</v>
       </c>
       <c r="C107" s="10" t="s">
-        <v>300</v>
+        <v>1015</v>
       </c>
       <c r="D107" s="10" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="E107" s="1" t="s">
         <v>293</v>
       </c>
       <c r="F107" s="22" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
     </row>
     <row r="108" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A108" s="6" t="s">
-        <v>513</v>
+        <v>547</v>
       </c>
       <c r="B108" s="10" t="s">
-        <v>261</v>
+        <v>299</v>
       </c>
       <c r="C108" s="10" t="s">
-        <v>262</v>
+        <v>300</v>
       </c>
       <c r="D108" s="10" t="s">
-        <v>263</v>
+        <v>301</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>264</v>
+        <v>293</v>
       </c>
       <c r="F108" s="22" t="s">
-        <v>1016</v>
+        <v>302</v>
       </c>
     </row>
     <row r="109" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="6" t="s">
-        <v>543</v>
+        <v>513</v>
       </c>
       <c r="B109" s="10" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="C109" s="10" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="D109" s="10" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="E109" s="1" t="s">
         <v>264</v>
       </c>
       <c r="F109" s="22" t="s">
-        <v>268</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="110" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="6" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="B110" s="10" t="s">
-        <v>1017</v>
+        <v>265</v>
       </c>
       <c r="C110" s="10" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="D110" s="10" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="E110" s="1" t="s">
         <v>264</v>
       </c>
       <c r="F110" s="22" t="s">
-        <v>1016</v>
+        <v>268</v>
       </c>
     </row>
     <row r="111" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="6" t="s">
-        <v>437</v>
+        <v>544</v>
       </c>
       <c r="B111" s="10" t="s">
-        <v>658</v>
+        <v>1017</v>
       </c>
       <c r="C111" s="10" t="s">
-        <v>41</v>
+        <v>269</v>
       </c>
       <c r="D111" s="10" t="s">
-        <v>42</v>
+        <v>263</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>39</v>
+        <v>264</v>
       </c>
       <c r="F111" s="23" t="s">
-        <v>40</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="112" spans="1:7" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="6" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="B112" s="10" t="s">
-        <v>43</v>
+        <v>658</v>
       </c>
       <c r="C112" s="31" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D112" s="10" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="E112" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F112" s="22" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
     </row>
     <row r="113" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="10" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="B113" s="10" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="C113" s="10" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D113" s="10" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="E113" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F113" s="22" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
     </row>
     <row r="114" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="6" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="B114" s="10" t="s">
-        <v>585</v>
+        <v>47</v>
       </c>
       <c r="C114" s="10" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="D114" s="10" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="E114" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F114" s="22" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="115" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="6" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="B115" s="36" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="C115" s="10" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D115" s="10" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="E115" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F115" s="22" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
     </row>
     <row r="116" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A116" s="6" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="B116" s="31" t="s">
-        <v>587</v>
+        <v>586</v>
       </c>
       <c r="C116" s="10" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="D116" s="10" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="E116" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F116" s="22" t="s">
-        <v>1018</v>
+        <v>54</v>
       </c>
     </row>
     <row r="117" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="6" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="B117" s="10" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="C117" s="10" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D117" s="10" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E117" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F117" s="22" t="s">
-        <v>1019</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="118" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A118" s="6" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="B118" s="10" t="s">
-        <v>766</v>
+        <v>588</v>
       </c>
       <c r="C118" s="10" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="D118" s="10" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E118" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F118" s="22" t="s">
-        <v>61</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="119" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A119" s="6" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="B119" s="10" t="s">
-        <v>817</v>
+        <v>766</v>
       </c>
       <c r="C119" s="10" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D119" s="10" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E119" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F119" s="22" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
     </row>
     <row r="120" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A120" s="6" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="B120" s="10" t="s">
-        <v>65</v>
+        <v>817</v>
       </c>
       <c r="C120" s="10" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="D120" s="10" t="s">
         <v>63</v>
       </c>
       <c r="E120" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F120" s="22" t="s">
-        <v>1020</v>
+        <v>64</v>
       </c>
     </row>
     <row r="121" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A121" s="6" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="B121" s="10" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C121" s="10" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="D121" s="10" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="E121" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F121" s="22" t="s">
-        <v>70</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="122" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A122" s="6" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="B122" s="11" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="C122" s="10" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="D122" s="10" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="E122" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F122" s="22" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
     </row>
     <row r="123" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A123" s="6" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="B123" s="11" t="s">
-        <v>1021</v>
+        <v>71</v>
       </c>
       <c r="C123" s="10" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D123" s="10" t="s">
-        <v>74</v>
+        <v>63</v>
       </c>
       <c r="E123" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F123" s="22" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
     </row>
     <row r="124" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A124" s="6" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="B124" s="10" t="s">
-        <v>76</v>
+        <v>1021</v>
       </c>
       <c r="C124" s="10" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D124" s="10" t="s">
         <v>74</v>
       </c>
       <c r="E124" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F124" s="22" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="125" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A125" s="6" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="B125" s="10" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C125" s="10" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="D125" s="10" t="s">
-        <v>53</v>
+        <v>74</v>
       </c>
       <c r="E125" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F125" s="22" t="s">
-        <v>54</v>
+        <v>75</v>
       </c>
     </row>
     <row r="126" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A126" s="6" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="B126" s="10" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C126" s="10" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="D126" s="10" t="s">
         <v>53</v>
       </c>
       <c r="E126" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F126" s="22" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="127" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A127" s="6" t="s">
-        <v>492</v>
+        <v>452</v>
       </c>
       <c r="B127" s="6" t="s">
-        <v>112</v>
+        <v>80</v>
       </c>
       <c r="C127" s="10" t="s">
-        <v>113</v>
+        <v>81</v>
       </c>
       <c r="D127" s="10" t="s">
-        <v>114</v>
+        <v>53</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>115</v>
+        <v>39</v>
       </c>
       <c r="F127" s="22" t="s">
-        <v>116</v>
+        <v>54</v>
       </c>
     </row>
     <row r="128" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A128" s="6" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="B128" s="6" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="C128" s="10" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="D128" s="10" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="E128" s="1" t="s">
         <v>115</v>
       </c>
       <c r="F128" s="22" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
     </row>
     <row r="129" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A129" s="6" t="s">
-        <v>480</v>
+        <v>493</v>
       </c>
       <c r="B129" s="10" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="C129" s="10" t="s">
-        <v>1022</v>
+        <v>118</v>
       </c>
       <c r="D129" s="10" t="s">
-        <v>99</v>
+        <v>119</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>100</v>
+        <v>115</v>
       </c>
       <c r="F129" s="22" t="s">
-        <v>101</v>
+        <v>120</v>
       </c>
     </row>
     <row r="130" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A130" s="6" t="s">
-        <v>489</v>
+        <v>480</v>
       </c>
       <c r="B130" s="10" t="s">
-        <v>558</v>
+        <v>98</v>
       </c>
       <c r="C130" s="10" t="s">
-        <v>1023</v>
+        <v>1022</v>
       </c>
       <c r="D130" s="10" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="E130" s="1" t="s">
         <v>100</v>
       </c>
       <c r="F130" s="22" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
     </row>
     <row r="131" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A131" s="6" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="B131" s="10" t="s">
-        <v>104</v>
+        <v>558</v>
       </c>
       <c r="C131" s="10" t="s">
-        <v>105</v>
+        <v>1023</v>
       </c>
       <c r="D131" s="10" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="E131" s="1" t="s">
         <v>100</v>
       </c>
       <c r="F131" s="22" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
     </row>
     <row r="132" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A132" s="16" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="B132" s="17" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="C132" s="17" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="D132" s="17" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="E132" s="24" t="s">
         <v>100</v>
       </c>
       <c r="F132" s="25" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
     </row>
     <row r="133" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A133" s="6" t="s">
-        <v>555</v>
+        <v>491</v>
       </c>
       <c r="B133" s="10" t="s">
-        <v>1024</v>
+        <v>108</v>
       </c>
       <c r="C133" s="10" t="s">
-        <v>408</v>
+        <v>109</v>
       </c>
       <c r="D133" s="10" t="s">
-        <v>409</v>
+        <v>110</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>410</v>
+        <v>100</v>
       </c>
       <c r="F133" s="22" t="s">
-        <v>411</v>
+        <v>111</v>
       </c>
     </row>
     <row r="134" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A134" s="6" t="s">
-        <v>534</v>
+        <v>555</v>
       </c>
       <c r="B134" s="10" t="s">
-        <v>181</v>
+        <v>1024</v>
       </c>
       <c r="C134" s="10" t="s">
-        <v>182</v>
+        <v>408</v>
       </c>
       <c r="D134" s="10" t="s">
-        <v>183</v>
+        <v>409</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>184</v>
+        <v>410</v>
       </c>
       <c r="F134" s="22" t="s">
-        <v>185</v>
+        <v>411</v>
       </c>
     </row>
     <row r="135" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A135" s="6" t="s">
-        <v>501</v>
+        <v>534</v>
       </c>
       <c r="B135" s="10" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="C135" s="10" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="D135" s="10" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="F135" s="22" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
     </row>
     <row r="136" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A136" s="6" t="s">
-        <v>535</v>
+        <v>501</v>
       </c>
       <c r="B136" s="10" t="s">
-        <v>1025</v>
+        <v>186</v>
       </c>
       <c r="C136" s="10" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="D136" s="10" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="E136" s="1" t="s">
         <v>189</v>
       </c>
       <c r="F136" s="22" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
     </row>
     <row r="137" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A137" s="6" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="B137" s="10" t="s">
-        <v>223</v>
+        <v>1025</v>
       </c>
       <c r="C137" s="10" t="s">
-        <v>224</v>
+        <v>191</v>
       </c>
       <c r="D137" s="10" t="s">
-        <v>225</v>
+        <v>192</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>226</v>
+        <v>189</v>
       </c>
       <c r="F137" s="22" t="s">
-        <v>227</v>
+        <v>193</v>
       </c>
     </row>
     <row r="138" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A138" s="6" t="s">
-        <v>494</v>
+        <v>538</v>
       </c>
       <c r="B138" s="10" t="s">
-        <v>121</v>
+        <v>223</v>
       </c>
       <c r="C138" s="10" t="s">
-        <v>122</v>
+        <v>224</v>
       </c>
       <c r="D138" s="10" t="s">
-        <v>123</v>
+        <v>225</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>124</v>
+        <v>226</v>
       </c>
       <c r="F138" s="22" t="s">
-        <v>125</v>
+        <v>227</v>
       </c>
     </row>
     <row r="139" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A139" s="6" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="B139" s="10" t="s">
-        <v>1026</v>
+        <v>121</v>
       </c>
       <c r="C139" s="10" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D139" s="10" t="s">
-        <v>37</v>
+        <v>123</v>
       </c>
       <c r="E139" s="1" t="s">
         <v>124</v>
       </c>
       <c r="F139" s="22" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
     </row>
     <row r="140" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A140" s="6" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="B140" s="10" t="s">
-        <v>128</v>
+        <v>1026</v>
       </c>
       <c r="C140" s="10" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="D140" s="10" t="s">
-        <v>130</v>
+        <v>37</v>
       </c>
       <c r="E140" s="1" t="s">
         <v>124</v>
       </c>
       <c r="F140" s="22" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
     </row>
     <row r="141" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A141" s="6" t="s">
-        <v>486</v>
+        <v>496</v>
       </c>
       <c r="B141" s="10" t="s">
-        <v>1027</v>
+        <v>128</v>
       </c>
       <c r="C141" s="10" t="s">
-        <v>89</v>
+        <v>129</v>
       </c>
       <c r="D141" s="10" t="s">
-        <v>90</v>
+        <v>130</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>91</v>
+        <v>124</v>
       </c>
       <c r="F141" s="22" t="s">
-        <v>92</v>
+        <v>131</v>
       </c>
     </row>
     <row r="142" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A142" s="6" t="s">
-        <v>556</v>
+        <v>486</v>
       </c>
       <c r="B142" s="10" t="s">
-        <v>412</v>
+        <v>1027</v>
       </c>
       <c r="C142" s="10" t="s">
-        <v>413</v>
+        <v>89</v>
       </c>
       <c r="D142" s="10" t="s">
-        <v>414</v>
+        <v>90</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>415</v>
+        <v>91</v>
       </c>
       <c r="F142" s="22" t="s">
-        <v>416</v>
+        <v>92</v>
       </c>
     </row>
     <row r="143" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A143" s="6" t="s">
-        <v>497</v>
+        <v>556</v>
       </c>
       <c r="B143" s="10" t="s">
-        <v>132</v>
+        <v>412</v>
       </c>
       <c r="C143" s="10" t="s">
-        <v>133</v>
+        <v>413</v>
       </c>
       <c r="D143" s="10" t="s">
-        <v>134</v>
+        <v>414</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>135</v>
+        <v>415</v>
       </c>
       <c r="F143" s="22" t="s">
-        <v>136</v>
+        <v>416</v>
       </c>
     </row>
     <row r="144" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A144" s="6" t="s">
-        <v>548</v>
+        <v>497</v>
       </c>
       <c r="B144" s="10" t="s">
-        <v>303</v>
+        <v>132</v>
       </c>
       <c r="C144" s="10" t="s">
-        <v>304</v>
+        <v>133</v>
       </c>
       <c r="D144" s="10" t="s">
-        <v>305</v>
+        <v>134</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>306</v>
+        <v>135</v>
       </c>
       <c r="F144" s="22" t="s">
-        <v>307</v>
+        <v>136</v>
       </c>
     </row>
     <row r="145" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A145" s="6" t="s">
-        <v>479</v>
+        <v>548</v>
       </c>
       <c r="B145" s="10" t="s">
-        <v>19</v>
+        <v>303</v>
       </c>
       <c r="C145" s="10" t="s">
-        <v>20</v>
+        <v>304</v>
       </c>
       <c r="D145" s="10" t="s">
-        <v>21</v>
+        <v>305</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>22</v>
+        <v>306</v>
       </c>
       <c r="F145" s="22" t="s">
-        <v>1028</v>
+        <v>307</v>
       </c>
     </row>
     <row r="146" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A146" s="6" t="s">
-        <v>433</v>
+        <v>479</v>
       </c>
       <c r="B146" s="10" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="C146" s="10" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D146" s="10" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="E146" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F146" s="22" t="s">
-        <v>26</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="147" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A147" s="6" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="B147" s="10" t="s">
-        <v>1029</v>
+        <v>23</v>
       </c>
       <c r="C147" s="10" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D147" s="10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E147" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F147" s="22" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="148" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A148" s="6" t="s">
-        <v>502</v>
+        <v>434</v>
       </c>
       <c r="B148" s="10" t="s">
-        <v>194</v>
+        <v>1029</v>
       </c>
       <c r="C148" s="10" t="s">
-        <v>195</v>
+        <v>27</v>
       </c>
       <c r="D148" s="10" t="s">
-        <v>196</v>
+        <v>28</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>197</v>
+        <v>22</v>
       </c>
       <c r="F148" s="22" t="s">
-        <v>198</v>
+        <v>29</v>
       </c>
     </row>
     <row r="149" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A149" s="6" t="s">
-        <v>503</v>
+        <v>502</v>
       </c>
       <c r="B149" s="10" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="C149" s="10" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="D149" s="10" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="E149" s="1" t="s">
         <v>197</v>
       </c>
       <c r="F149" s="22" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
     </row>
     <row r="150" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A150" s="6" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="B150" s="10" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="C150" s="10" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="D150" s="10" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="E150" s="1" t="s">
         <v>197</v>
       </c>
       <c r="F150" s="22" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
     </row>
     <row r="151" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A151" s="6" t="s">
-        <v>536</v>
+        <v>504</v>
       </c>
       <c r="B151" s="10" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="C151" s="10" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="D151" s="10" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="E151" s="1" t="s">
         <v>197</v>
       </c>
       <c r="F151" s="22" t="s">
-        <v>1030</v>
+        <v>206</v>
       </c>
     </row>
     <row r="152" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A152" s="6" t="s">
-        <v>435</v>
+        <v>536</v>
       </c>
       <c r="B152" s="10" t="s">
-        <v>30</v>
+        <v>207</v>
       </c>
       <c r="C152" s="10" t="s">
-        <v>31</v>
+        <v>208</v>
       </c>
       <c r="D152" s="10" t="s">
-        <v>32</v>
+        <v>209</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>33</v>
+        <v>197</v>
       </c>
       <c r="F152" s="22" t="s">
-        <v>34</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="153" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A153" s="6" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="B153" s="10" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="C153" s="10" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D153" s="10" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="E153" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F153" s="22" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
     </row>
     <row r="154" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A154" s="6" t="s">
-        <v>453</v>
+        <v>436</v>
       </c>
       <c r="B154" s="10" t="s">
-        <v>137</v>
+        <v>35</v>
       </c>
       <c r="C154" s="10" t="s">
-        <v>138</v>
+        <v>36</v>
       </c>
       <c r="D154" s="10" t="s">
-        <v>139</v>
+        <v>37</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>140</v>
+        <v>33</v>
       </c>
       <c r="F154" s="22" t="s">
-        <v>141</v>
+        <v>38</v>
       </c>
     </row>
     <row r="155" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A155" s="6" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="B155" s="10" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="C155" s="10" t="s">
-        <v>533</v>
+        <v>138</v>
       </c>
       <c r="D155" s="10" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="E155" s="1" t="s">
         <v>140</v>
       </c>
       <c r="F155" s="22" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
     </row>
     <row r="156" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A156" s="6" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="B156" s="10" t="s">
-        <v>589</v>
+        <v>144</v>
       </c>
       <c r="C156" s="10" t="s">
-        <v>145</v>
+        <v>533</v>
       </c>
       <c r="D156" s="10" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="E156" s="1" t="s">
         <v>140</v>
       </c>
       <c r="F156" s="22" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
     </row>
     <row r="157" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A157" s="6" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="B157" s="10" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="C157" s="10" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="D157" s="10" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="E157" s="1" t="s">
         <v>140</v>
       </c>
       <c r="F157" s="22" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
     </row>
     <row r="158" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A158" s="6" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="B158" s="10" t="s">
-        <v>559</v>
+        <v>590</v>
       </c>
       <c r="C158" s="10" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="D158" s="10" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="E158" s="1" t="s">
         <v>140</v>
       </c>
       <c r="F158" s="22" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
     </row>
     <row r="159" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A159" s="6" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="B159" s="10" t="s">
-        <v>1031</v>
+        <v>559</v>
       </c>
       <c r="C159" s="10" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="D159" s="10" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="E159" s="1" t="s">
         <v>140</v>
       </c>
       <c r="F159" s="22" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
     </row>
     <row r="160" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A160" s="6" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="B160" s="10" t="s">
-        <v>157</v>
+        <v>1031</v>
       </c>
       <c r="C160" s="10" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D160" s="10" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="E160" s="1" t="s">
         <v>140</v>
       </c>
       <c r="F160" s="22" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
     </row>
     <row r="161" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A161" s="6" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="B161" s="10" t="s">
-        <v>1032</v>
+        <v>157</v>
       </c>
       <c r="C161" s="10" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="D161" s="10" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="E161" s="1" t="s">
         <v>140</v>
       </c>
       <c r="F161" s="22" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
     </row>
     <row r="162" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A162" s="10" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="B162" s="10" t="s">
-        <v>164</v>
+        <v>1032</v>
       </c>
       <c r="C162" s="10" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="D162" s="10" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="E162" s="1" t="s">
         <v>140</v>
       </c>
       <c r="F162" s="22" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
     </row>
     <row r="163" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A163" s="6" t="s">
-        <v>481</v>
+        <v>461</v>
       </c>
       <c r="B163" s="10" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="C163" s="10" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="D163" s="10" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="E163" s="1" t="s">
         <v>140</v>
       </c>
       <c r="F163" s="22" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
     </row>
     <row r="164" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A164" s="6" t="s">
-        <v>498</v>
+        <v>481</v>
       </c>
       <c r="B164" s="10" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="C164" s="10" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="D164" s="10" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="E164" s="1" t="s">
         <v>140</v>
       </c>
       <c r="F164" s="22" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
     </row>
     <row r="165" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A165" s="6" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="B165" s="33" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="C165" s="10" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="D165" s="10" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E165" s="1" t="s">
         <v>140</v>
       </c>
       <c r="F165" s="22" t="s">
-        <v>1033</v>
+        <v>175</v>
       </c>
     </row>
     <row r="166" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A166" s="6" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="B166" s="10" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="C166" s="10" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="D166" s="10" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="E166" s="1" t="s">
         <v>140</v>
       </c>
       <c r="F166" s="22" t="s">
-        <v>175</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="167" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A167" s="12" t="s">
-        <v>514</v>
+        <v>500</v>
       </c>
       <c r="B167" s="10" t="s">
-        <v>1034</v>
+        <v>179</v>
       </c>
       <c r="C167" s="10" t="s">
-        <v>270</v>
+        <v>180</v>
       </c>
       <c r="D167" s="10" t="s">
-        <v>271</v>
+        <v>174</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>272</v>
+        <v>140</v>
       </c>
       <c r="F167" s="22" t="s">
-        <v>273</v>
+        <v>175</v>
       </c>
     </row>
     <row r="168" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A168" s="6" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="B168" s="10" t="s">
-        <v>1035</v>
+        <v>1034</v>
       </c>
       <c r="C168" s="10" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D168" s="10" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="E168" s="1" t="s">
         <v>272</v>
       </c>
       <c r="F168" s="22" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
     </row>
     <row r="169" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A169" s="6" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="B169" s="12" t="s">
-        <v>1036</v>
+        <v>1035</v>
       </c>
       <c r="C169" s="10" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="D169" s="10" t="s">
         <v>275</v>
       </c>
       <c r="E169" s="1" t="s">
         <v>272</v>
       </c>
       <c r="F169" s="22" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="170" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A170" s="6" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="B170" s="10" t="s">
-        <v>278</v>
+        <v>1036</v>
       </c>
       <c r="C170" s="10" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="D170" s="10" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
       <c r="E170" s="1" t="s">
         <v>272</v>
       </c>
       <c r="F170" s="22" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
     </row>
     <row r="171" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A171" s="6" t="s">
-        <v>545</v>
+        <v>517</v>
       </c>
       <c r="B171" s="10" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="C171" s="10" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="D171" s="10" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="E171" s="1" t="s">
         <v>272</v>
       </c>
       <c r="F171" s="22" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
     </row>
     <row r="172" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A172" s="6" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="B172" s="10" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="C172" s="10" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="D172" s="10" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="E172" s="1" t="s">
         <v>272</v>
       </c>
       <c r="F172" s="22" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
     </row>
     <row r="173" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A173" s="6" t="s">
-        <v>462</v>
+        <v>546</v>
       </c>
       <c r="B173" s="10" t="s">
-        <v>309</v>
+        <v>286</v>
       </c>
       <c r="C173" s="10" t="s">
-        <v>310</v>
+        <v>287</v>
       </c>
       <c r="D173" s="10" t="s">
-        <v>311</v>
+        <v>288</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>308</v>
+        <v>272</v>
       </c>
       <c r="F173" s="22" t="s">
-        <v>312</v>
+        <v>289</v>
       </c>
     </row>
     <row r="174" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A174" s="6" t="s">
-        <v>838</v>
+        <v>462</v>
       </c>
       <c r="B174" s="10" t="s">
-        <v>689</v>
+        <v>309</v>
       </c>
       <c r="C174" s="10" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="D174" s="10" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="E174" s="1" t="s">
         <v>308</v>
       </c>
       <c r="F174" s="22" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
     </row>
     <row r="175" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A175" s="6" t="s">
-        <v>463</v>
+        <v>838</v>
       </c>
       <c r="B175" s="10" t="s">
-        <v>316</v>
+        <v>689</v>
       </c>
       <c r="C175" s="10" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="D175" s="10" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="E175" s="1" t="s">
         <v>308</v>
       </c>
       <c r="F175" s="22" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
     </row>
     <row r="176" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A176" s="6" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="B176" s="10" t="s">
-        <v>1037</v>
+        <v>316</v>
       </c>
       <c r="C176" s="10" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="D176" s="10" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="E176" s="1" t="s">
         <v>308</v>
       </c>
       <c r="F176" s="22" t="s">
-        <v>1038</v>
+        <v>319</v>
       </c>
     </row>
     <row r="177" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A177" s="6" t="s">
-        <v>521</v>
+        <v>464</v>
       </c>
       <c r="B177" s="10" t="s">
-        <v>593</v>
+        <v>1037</v>
       </c>
       <c r="C177" s="10" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="D177" s="10" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="E177" s="1" t="s">
         <v>308</v>
       </c>
       <c r="F177" s="22" t="s">
-        <v>324</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="178" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A178" s="6" t="s">
-        <v>465</v>
+        <v>521</v>
       </c>
       <c r="B178" s="10" t="s">
-        <v>325</v>
+        <v>593</v>
       </c>
       <c r="C178" s="10" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="D178" s="10" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="E178" s="1" t="s">
         <v>308</v>
       </c>
       <c r="F178" s="22" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
     </row>
     <row r="179" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="6" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="B179" s="10" t="s">
-        <v>559</v>
+        <v>325</v>
       </c>
       <c r="C179" s="10" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="D179" s="10" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="E179" s="1" t="s">
         <v>308</v>
       </c>
       <c r="F179" s="22" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
     </row>
     <row r="180" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A180" s="6" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="B180" s="10" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="C180" s="10" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="D180" s="10" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="E180" s="1" t="s">
         <v>308</v>
       </c>
       <c r="F180" s="22" t="s">
-        <v>1039</v>
+        <v>331</v>
       </c>
     </row>
     <row r="181" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A181" s="6" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="B181" s="10" t="s">
-        <v>483</v>
+        <v>558</v>
       </c>
       <c r="C181" s="10" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="D181" s="10" t="s">
-        <v>318</v>
+        <v>333</v>
       </c>
       <c r="E181" s="1" t="s">
         <v>308</v>
       </c>
       <c r="F181" s="22" t="s">
-        <v>969</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="182" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A182" s="6" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="B182" s="10" t="s">
-        <v>335</v>
+        <v>483</v>
       </c>
       <c r="C182" s="31" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D182" s="10" t="s">
-        <v>337</v>
+        <v>318</v>
       </c>
       <c r="E182" s="1" t="s">
         <v>308</v>
       </c>
       <c r="F182" s="22" t="s">
-        <v>1040</v>
+        <v>969</v>
       </c>
     </row>
     <row r="183" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A183" s="6" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="B183" s="10" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="C183" s="10" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="D183" s="10" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="E183" s="1" t="s">
         <v>308</v>
       </c>
       <c r="F183" s="22" t="s">
-        <v>341</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="184" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A184" s="6" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="B184" s="10" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="C184" s="10" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="D184" s="10" t="s">
-        <v>314</v>
+        <v>340</v>
       </c>
       <c r="E184" s="1" t="s">
         <v>308</v>
       </c>
       <c r="F184" s="22" t="s">
-        <v>315</v>
+        <v>341</v>
       </c>
     </row>
     <row r="185" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A185" s="6" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="B185" s="10" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="C185" s="10" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="D185" s="10" t="s">
-        <v>346</v>
+        <v>314</v>
       </c>
       <c r="E185" s="1" t="s">
         <v>308</v>
       </c>
       <c r="F185" s="22" t="s">
-        <v>347</v>
+        <v>315</v>
       </c>
     </row>
     <row r="186" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A186" s="6" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="B186" s="10" t="s">
-        <v>1041</v>
+        <v>344</v>
       </c>
       <c r="C186" s="10" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="D186" s="10" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="E186" s="1" t="s">
         <v>308</v>
       </c>
       <c r="F186" s="22" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
     </row>
     <row r="187" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A187" s="6" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="B187" s="10" t="s">
-        <v>1042</v>
+        <v>1041</v>
       </c>
       <c r="C187" s="10" t="s">
-        <v>1043</v>
+        <v>348</v>
       </c>
       <c r="D187" s="10" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="E187" s="1" t="s">
         <v>308</v>
       </c>
       <c r="F187" s="22" t="s">
-        <v>993</v>
+        <v>350</v>
       </c>
     </row>
     <row r="188" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A188" s="6" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="B188" s="10" t="s">
-        <v>352</v>
+        <v>1042</v>
       </c>
       <c r="C188" s="10" t="s">
-        <v>353</v>
+        <v>1043</v>
       </c>
       <c r="D188" s="10" t="s">
         <v>351</v>
       </c>
       <c r="E188" s="1" t="s">
         <v>308</v>
       </c>
       <c r="F188" s="22" t="s">
-        <v>354</v>
+        <v>993</v>
       </c>
     </row>
     <row r="189" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A189" s="6" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="B189" s="10" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="C189" s="10" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="D189" s="10" t="s">
-        <v>318</v>
+        <v>351</v>
       </c>
       <c r="E189" s="1" t="s">
         <v>308</v>
       </c>
       <c r="F189" s="22" t="s">
-        <v>319</v>
+        <v>354</v>
       </c>
     </row>
     <row r="190" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A190" s="6" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="B190" s="10" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="C190" s="10" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="D190" s="10" t="s">
         <v>318</v>
       </c>
       <c r="E190" s="1" t="s">
         <v>308</v>
       </c>
       <c r="F190" s="22" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="191" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A191" s="6" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="B191" s="10" t="s">
-        <v>1044</v>
+        <v>357</v>
       </c>
       <c r="C191" s="10" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="D191" s="10" t="s">
-        <v>351</v>
+        <v>318</v>
       </c>
       <c r="E191" s="1" t="s">
         <v>308</v>
       </c>
       <c r="F191" s="22" t="s">
-        <v>993</v>
+        <v>319</v>
       </c>
     </row>
     <row r="192" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A192" s="6" t="s">
-        <v>522</v>
+        <v>478</v>
       </c>
       <c r="B192" s="10" t="s">
-        <v>360</v>
+        <v>1044</v>
       </c>
       <c r="C192" s="10" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="D192" s="10" t="s">
-        <v>362</v>
+        <v>351</v>
       </c>
       <c r="E192" s="1" t="s">
         <v>308</v>
       </c>
       <c r="F192" s="22" t="s">
-        <v>363</v>
+        <v>993</v>
       </c>
     </row>
     <row r="193" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A193" s="6" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="B193" s="10" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="C193" s="10" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="D193" s="10" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="E193" s="1" t="s">
         <v>308</v>
       </c>
       <c r="F193" s="22" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
     </row>
     <row r="194" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A194" s="6" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="B194" s="10" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="C194" s="10" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="D194" s="10" t="s">
-        <v>340</v>
+        <v>366</v>
       </c>
       <c r="E194" s="1" t="s">
         <v>308</v>
       </c>
       <c r="F194" s="22" t="s">
-        <v>1045</v>
+        <v>367</v>
       </c>
     </row>
     <row r="195" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A195" s="6" t="s">
-        <v>549</v>
+        <v>524</v>
       </c>
       <c r="B195" s="10" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="C195" s="10" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="D195" s="10" t="s">
-        <v>314</v>
+        <v>340</v>
       </c>
       <c r="E195" s="1" t="s">
         <v>308</v>
       </c>
       <c r="F195" s="22" t="s">
-        <v>315</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="196" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A196" s="6" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="B196" s="10" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="C196" s="10" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="D196" s="10" t="s">
-        <v>374</v>
+        <v>314</v>
       </c>
       <c r="E196" s="1" t="s">
         <v>308</v>
       </c>
       <c r="F196" s="22" t="s">
-        <v>375</v>
+        <v>315</v>
       </c>
     </row>
     <row r="197" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A197" s="6" t="s">
-        <v>505</v>
+        <v>550</v>
       </c>
       <c r="B197" s="10" t="s">
-        <v>210</v>
+        <v>372</v>
       </c>
       <c r="C197" s="10" t="s">
-        <v>211</v>
+        <v>373</v>
       </c>
       <c r="D197" s="10" t="s">
-        <v>212</v>
+        <v>374</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>213</v>
+        <v>308</v>
       </c>
       <c r="F197" s="22" t="s">
-        <v>214</v>
+        <v>375</v>
       </c>
     </row>
     <row r="198" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A198" s="6" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="B198" s="10" t="s">
-        <v>591</v>
+        <v>210</v>
       </c>
       <c r="C198" s="10" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="D198" s="10" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="E198" s="1" t="s">
         <v>213</v>
       </c>
       <c r="F198" s="22" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
     </row>
     <row r="199" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A199" s="6" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="B199" s="10" t="s">
-        <v>822</v>
+        <v>591</v>
       </c>
       <c r="C199" s="10" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="D199" s="10" t="s">
         <v>216</v>
       </c>
       <c r="E199" s="1" t="s">
         <v>213</v>
       </c>
       <c r="F199" s="22" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="200" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A200" s="6" t="s">
-        <v>537</v>
+        <v>507</v>
       </c>
       <c r="B200" s="10" t="s">
-        <v>219</v>
+        <v>822</v>
       </c>
       <c r="C200" s="10" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="D200" s="10" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="E200" s="1" t="s">
         <v>213</v>
       </c>
       <c r="F200" s="22" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
     </row>
     <row r="201" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A201" s="6" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="B201" s="10" t="s">
-        <v>418</v>
+        <v>219</v>
       </c>
       <c r="C201" s="10" t="s">
-        <v>419</v>
+        <v>220</v>
       </c>
       <c r="D201" s="10" t="s">
-        <v>420</v>
+        <v>221</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>417</v>
+        <v>213</v>
       </c>
       <c r="F201" s="22" t="s">
-        <v>421</v>
+        <v>222</v>
       </c>
     </row>
     <row r="202" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A202" s="6" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="B202" s="10" t="s">
-        <v>1046</v>
+        <v>418</v>
       </c>
       <c r="C202" s="10" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="D202" s="10" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="E202" s="1" t="s">
         <v>417</v>
       </c>
       <c r="F202" s="22" t="s">
-        <v>1047</v>
+        <v>421</v>
       </c>
     </row>
     <row r="203" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A203" s="6" t="s">
-        <v>557</v>
+        <v>532</v>
       </c>
       <c r="B203" s="10" t="s">
-        <v>1048</v>
+        <v>1046</v>
       </c>
       <c r="C203" s="10" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="D203" s="10" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="E203" s="1" t="s">
         <v>417</v>
       </c>
       <c r="F203" s="22" t="s">
-        <v>426</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="204" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A204" s="6" t="s">
-        <v>484</v>
+        <v>557</v>
       </c>
       <c r="B204" s="10" t="s">
-        <v>82</v>
+        <v>1048</v>
       </c>
       <c r="C204" s="10" t="s">
-        <v>83</v>
+        <v>424</v>
       </c>
       <c r="D204" s="10" t="s">
-        <v>84</v>
+        <v>425</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>85</v>
+        <v>417</v>
       </c>
       <c r="F204" s="22" t="s">
-        <v>86</v>
+        <v>426</v>
       </c>
     </row>
     <row r="205" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A205" s="6" t="s">
-        <v>485</v>
+        <v>484</v>
       </c>
       <c r="B205" s="10" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="C205" s="10" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="D205" s="10" t="s">
         <v>84</v>
       </c>
       <c r="E205" s="1" t="s">
         <v>85</v>
       </c>
       <c r="F205" s="22" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="206" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A206" s="6" t="s">
-        <v>511</v>
+        <v>485</v>
       </c>
       <c r="B206" s="10" t="s">
-        <v>1049</v>
+        <v>87</v>
       </c>
       <c r="C206" s="10" t="s">
-        <v>243</v>
+        <v>88</v>
       </c>
       <c r="D206" s="10" t="s">
-        <v>244</v>
+        <v>84</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>245</v>
+        <v>85</v>
       </c>
       <c r="F206" s="22" t="s">
-        <v>246</v>
+        <v>86</v>
       </c>
     </row>
     <row r="207" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A207" s="6" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="B207" s="10" t="s">
-        <v>1050</v>
+        <v>1049</v>
       </c>
       <c r="C207" s="10" t="s">
-        <v>1051</v>
+        <v>243</v>
       </c>
       <c r="D207" s="10" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="E207" s="1" t="s">
         <v>245</v>
       </c>
       <c r="F207" s="22" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="208" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A208" s="6" t="s">
-        <v>540</v>
+        <v>512</v>
       </c>
       <c r="B208" s="10" t="s">
-        <v>249</v>
+        <v>1050</v>
       </c>
       <c r="C208" s="10" t="s">
-        <v>250</v>
+        <v>1051</v>
       </c>
       <c r="D208" s="10" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="E208" s="1" t="s">
         <v>245</v>
       </c>
       <c r="F208" s="22" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
     </row>
     <row r="209" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A209" s="6" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="B209" s="10" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="C209" s="10" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="D209" s="10" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="E209" s="1" t="s">
         <v>245</v>
       </c>
       <c r="F209" s="22" t="s">
-        <v>1052</v>
+        <v>252</v>
       </c>
     </row>
     <row r="210" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A210" s="6" t="s">
-        <v>525</v>
+        <v>541</v>
       </c>
       <c r="B210" s="30" t="s">
-        <v>376</v>
+        <v>253</v>
       </c>
       <c r="C210" s="10" t="s">
-        <v>377</v>
+        <v>254</v>
       </c>
       <c r="D210" s="10" t="s">
-        <v>378</v>
+        <v>255</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>379</v>
+        <v>245</v>
       </c>
       <c r="F210" s="22" t="s">
-        <v>380</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="211" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A211" s="6" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="B211" s="10" t="s">
-        <v>482</v>
+        <v>376</v>
       </c>
       <c r="C211" s="10" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="D211" s="10" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="E211" s="1" t="s">
         <v>379</v>
       </c>
       <c r="F211" s="22" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
     </row>
     <row r="212" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A212" s="6" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="B212" s="10" t="s">
-        <v>1053</v>
+        <v>482</v>
       </c>
       <c r="C212" s="10" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="D212" s="10" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="E212" s="1" t="s">
         <v>379</v>
       </c>
       <c r="F212" s="22" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
     </row>
     <row r="213" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A213" s="6" t="s">
-        <v>551</v>
+        <v>527</v>
       </c>
       <c r="B213" s="7" t="s">
-        <v>387</v>
+        <v>1053</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="D213" s="10" t="s">
         <v>385</v>
       </c>
       <c r="E213" s="1" t="s">
         <v>379</v>
       </c>
       <c r="F213" s="22" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="214" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A214" s="6" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="B214" s="10" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="C214" s="10" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="D214" s="10" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="E214" s="1" t="s">
         <v>379</v>
       </c>
       <c r="F214" s="22" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
     </row>
     <row r="215" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A215" s="6" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="B215" s="10" t="s">
-        <v>256</v>
+        <v>389</v>
       </c>
       <c r="C215" s="10" t="s">
-        <v>257</v>
+        <v>390</v>
       </c>
       <c r="D215" s="10" t="s">
-        <v>258</v>
+        <v>378</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>259</v>
+        <v>379</v>
       </c>
       <c r="F215" s="22" t="s">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="216" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A216" s="6" t="s">
-        <v>528</v>
+        <v>542</v>
       </c>
       <c r="B216" s="31" t="s">
-        <v>392</v>
+        <v>256</v>
       </c>
       <c r="C216" s="10" t="s">
-        <v>393</v>
+        <v>257</v>
       </c>
       <c r="D216" s="10" t="s">
-        <v>394</v>
+        <v>258</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>395</v>
+        <v>259</v>
       </c>
       <c r="F216" s="22" t="s">
-        <v>396</v>
+        <v>260</v>
       </c>
     </row>
     <row r="217" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A217" s="6" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="B217" s="10" t="s">
-        <v>592</v>
+        <v>392</v>
       </c>
       <c r="C217" s="10" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="D217" s="10" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="E217" s="1" t="s">
         <v>395</v>
       </c>
       <c r="F217" s="22" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
     </row>
     <row r="218" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A218" s="6" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="B218" s="10" t="s">
-        <v>1054</v>
+        <v>592</v>
       </c>
       <c r="C218" s="10" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="D218" s="10" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="E218" s="1" t="s">
         <v>395</v>
       </c>
       <c r="F218" s="22" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
     </row>
     <row r="219" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A219" s="6" t="s">
-        <v>553</v>
+        <v>530</v>
       </c>
       <c r="B219" s="10" t="s">
-        <v>403</v>
+        <v>1054</v>
       </c>
       <c r="C219" s="10" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="D219" s="10" t="s">
         <v>401</v>
       </c>
       <c r="E219" s="1" t="s">
         <v>395</v>
       </c>
       <c r="F219" s="22" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="220" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A220" s="6" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="B220" s="10" t="s">
-        <v>1055</v>
+        <v>403</v>
       </c>
       <c r="C220" s="10" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="D220" s="10" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="E220" s="1" t="s">
         <v>395</v>
       </c>
       <c r="F220" s="22" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
     </row>
     <row r="221" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A221" s="6" t="s">
-        <v>427</v>
+        <v>554</v>
       </c>
       <c r="B221" s="10" t="s">
-        <v>0</v>
+        <v>1055</v>
       </c>
       <c r="C221" s="10" t="s">
-        <v>1056</v>
+        <v>405</v>
       </c>
       <c r="D221" s="10" t="s">
-        <v>1</v>
+        <v>406</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>2</v>
+        <v>395</v>
       </c>
       <c r="F221" s="22" t="s">
-        <v>3</v>
+        <v>407</v>
       </c>
     </row>
     <row r="222" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A222" s="6" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="B222" s="10" t="s">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="C222" s="10" t="s">
         <v>1056</v>
       </c>
       <c r="D222" s="10" t="s">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E222" s="1" t="s">
         <v>2</v>
       </c>
       <c r="F222" s="22" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="223" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A223" s="6" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="B223" s="10" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C223" s="10" t="s">
-        <v>1057</v>
+        <v>1056</v>
       </c>
       <c r="D223" s="10" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="E223" s="1" t="s">
         <v>2</v>
       </c>
       <c r="F223" s="22" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="224" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A224" s="6" t="s">
-        <v>430</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>429</v>
+      </c>
+      <c r="B224" s="5" t="s">
+        <v>8</v>
       </c>
       <c r="C224" s="10" t="s">
-        <v>10</v>
+        <v>1057</v>
       </c>
       <c r="D224" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E224" s="1" t="s">
         <v>2</v>
       </c>
       <c r="F224" s="22" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="225" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A225" s="6" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="B225" s="10" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C225" s="10" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="D225" s="10" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="E225" s="1" t="s">
         <v>2</v>
       </c>
       <c r="F225" s="22" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="226" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A226" s="6" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="B226" s="29" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C226" s="10" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="D226" s="10" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E226" s="1" t="s">
         <v>2</v>
       </c>
       <c r="F226" s="22" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="227" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A227" s="43" t="s">
+        <v>432</v>
+      </c>
+      <c r="B227" s="44" t="s">
+        <v>15</v>
+      </c>
+      <c r="C227" s="44" t="s">
+        <v>16</v>
+      </c>
+      <c r="D227" s="44" t="s">
+        <v>17</v>
+      </c>
+      <c r="E227" s="45" t="s">
+        <v>2</v>
+      </c>
+      <c r="F227" s="46" t="s">
         <v>18</v>
-      </c>
-[...18 lines deleted...]
-        <v>1059</v>
       </c>
     </row>
     <row r="228" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A228" s="6" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="B228" s="10" t="s">
-        <v>1060</v>
+        <v>1058</v>
       </c>
       <c r="C228" s="10" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D228" s="10" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="E228" s="1" t="s">
         <v>95</v>
       </c>
       <c r="F228" s="22" t="s">
         <v>1059</v>
       </c>
     </row>
+    <row r="229" spans="1:6" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A229" s="6" t="s">
+        <v>488</v>
+      </c>
+      <c r="B229" s="10" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C229" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="D229" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="E229" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="F229" s="22" t="s">
+        <v>1059</v>
+      </c>
+    </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:F228">
-    <sortCondition ref="A3:A228"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:F229">
+    <sortCondition ref="A3:A229"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddHeader>&amp;C&amp;"Arial,Bold"&amp;11Active Fuel Refineries @ 09/31/2025</oddHeader>
+    <oddHeader>&amp;C&amp;"Arial,Bold"&amp;11Active Fuel Refineries @ 12/31/2025</oddHeader>
     <oddFooter>&amp;L &amp;C&amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Unknown Document Type" ma:contentTypeID="0x010104" ma:contentTypeVersion="0" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="05d83ceaa0bbd2e3bc716e6e66bd857a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b3d69fe45253d5ff147bb69036b756a7">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type" ma:readOnly="true"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="3" ma:displayName="Title"/>
@@ -8507,108 +8539,94 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5BD16DBE-0B3A-489F-85EC-18CEFEFC858D}">
-[...10 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58466799-EED8-4102-92FD-9CA703F94359}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28DF1656-F3B7-4275-BA14-04509375ECEA}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7BD08E52-16D2-4C10-BA3F-869CF5C64DE6}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DC49188D-D45A-4CF6-9E39-D1ADFE7369D8}">
-[...11 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FEEDBD27-DFD3-4C92-9692-56D22BC3EC65}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>9-31-2025</vt:lpstr>
-      <vt:lpstr>'9-31-2025'!Print_Area</vt:lpstr>
+      <vt:lpstr>12-31-2025</vt:lpstr>
+      <vt:lpstr>'12-31-2025'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Refinery Control Number Database</dc:title>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>