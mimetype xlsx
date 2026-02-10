--- v0 (2025-12-20)
+++ v1 (2026-02-10)
@@ -3,81 +3,81 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\WYYDB\OneDrive - Internal Revenue Service\DESKTOP\KIS TY24\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://irsgov-my.sharepoint.com/personal/zhmkb_ds_irsnet_gov/Documents/Documents/Known Issues and Solutions/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{649823E6-6550-4349-AC4F-1911BDEA24F4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{481AF26B-CF2D-4444-9EF3-CF7155B8FCEA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{E9A3B64B-4CC6-4A28-8DF2-16CC4B460C21}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{ACF42C19-81C5-4671-9373-A25F7DD233E4}"/>
   </bookViews>
   <sheets>
     <sheet name="TY24 Issues (Open &amp; Resolved)" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="query" localSheetId="0" hidden="1">'TY24 Issues (Open &amp; Resolved)'!$A$1:$I$99</definedName>
+    <definedName name="query" localSheetId="0" hidden="1">'TY24 Issues (Open &amp; Resolved)'!$A$1:$I$102</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{93586623-311B-48B3-8AFD-F85A609337E7}" odcFile="C:\Users\WYYDB\AppData\Local\Temp\1\MicrosoftEdgeDownloads\f9d45f24-9380-4119-857b-6518ce3976ba\query.iqy" keepAlive="1" name="query" type="5" refreshedVersion="8" minRefreshableVersion="3" saveData="1">
+  <connection id="1" xr16:uid="{8ED8B1F6-28D9-4829-8EAC-9F69ED39F319}" odcFile="C:\Users\WYYDB\AppData\Local\Temp\1\MicrosoftEdgeDownloads\5a37b435-485d-4f27-98a1-7b0cc5e316ac\query.iqy" keepAlive="1" name="query" type="5" refreshedVersion="8" minRefreshableVersion="3" saveData="1">
     <dbPr connection="Provider=Microsoft.Office.List.OLEDB.2.0;Data Source=&quot;&quot;;ApplicationName=Excel;Version=12.0.0.0" command="&lt;LIST&gt;&lt;VIEWGUID&gt;27227A6B-6372-4FF3-BFE0-40CBE04AC193&lt;/VIEWGUID&gt;&lt;LISTNAME&gt;bf94d2f3-cc54-4a0d-aa2e-491d6ee6fee9&lt;/LISTNAME&gt;&lt;LISTWEB&gt;https://irsgov.sharepoint.com/sites/e-file_front_office/_vti_bin&lt;/LISTWEB&gt;&lt;LISTSUBWEB&gt;&lt;/LISTSUBWEB&gt;&lt;ROOTFOLDER&gt;&lt;/ROOTFOLDER&gt;&lt;/LIST&gt;" commandType="5"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="597" uniqueCount="258">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="615" uniqueCount="266">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Tax Year</t>
   </si>
   <si>
     <t>Form Type</t>
   </si>
   <si>
     <t>Issue Type</t>
   </si>
   <si>
     <t>Description of Issue</t>
   </si>
   <si>
     <t xml:space="preserve">Workaround </t>
   </si>
   <si>
     <t>Projected Resolution Date</t>
   </si>
   <si>
     <t>Date Resolved</t>
   </si>
   <si>
@@ -96,51 +96,51 @@
     <t>The new rates for the Hazardous Substance Superfund on Form 6627 was not updated.</t>
   </si>
   <si>
     <t>If you are submitting a return with the Hazardous Substance Superfund rates, you will need to file by paper. Schema with the updated rates will be available 06/16/2024.</t>
   </si>
   <si>
     <t>RESOLVED</t>
   </si>
   <si>
     <t>Form 720</t>
   </si>
   <si>
     <t>Business Rules</t>
   </si>
   <si>
     <t>The Business Rules F720-219, F720-220 and F720-221 are still active and are not allowing values above zero for IRS No.'s 26, 28 and 13.</t>
   </si>
   <si>
     <t>If you are submitting a return with values above zero for those IRS No.'s, you will need to file by paper.</t>
   </si>
   <si>
     <t>Form 1040 (SCH EIC)</t>
   </si>
   <si>
     <t>Self-Only Earned Income Credit filers who qualify with a dependent that has an Adoption Taxpayer
-Identification Number or Individual Taxpayer Identification Number cannot enter this number on Line 2 of Schedule EIC without triggering Business Rule SEIC-F1040-001-02.</t>
+Identification Number or Individual Taxpayer Identification Number cannot enter this number on Line 2 of Schedule EIC without triggering Business Rules SEIC-F1040-001-02 and SEIC-F1040-539-02</t>
   </si>
   <si>
     <t>If taxpayers are using a dependent that has an Adoption Taxpayer Identification Number or Individual Taxpayer Identification Number to qualify for the Self-Only EIC per the instructions, they should leave Line 2 of Schedule EIC blank at this time.</t>
   </si>
   <si>
     <t>OPEN</t>
   </si>
   <si>
     <t>The new rate for IRS106 (arrow shafts) on Form 720 was not updated.</t>
   </si>
   <si>
     <t>If you are submitting a return with the arrow shaft rates, you will need to file by paper. Schema with the updated rates will be available 06/16/2024.</t>
   </si>
   <si>
     <t>Form 941 (SCH R)</t>
   </si>
   <si>
     <t>Schedule R (Form 941) had major changes for TY2024 late in the year. The major schema changes will not be implemented until Q2 in schema version 2024v2.0. 
 The Schedule R (Form 941) will use schema 2024v1.0 for Q1 for TY2024. Schema version 2024v1.0 does not reflect the new schema or stylesheet change.</t>
   </si>
   <si>
     <t>"TotalTaxAmt"; element on the new stylesheet is Column Q. Quarter 1 filers will be using TY2024v1.0 schema and "TotalTaxAmt"; would be entered in Column N. 
 "TotalTaxDepositAmt" element on new stylesheet is Column R. Quarter 1 filers will be using TY2024v1.0 schema and "TotalTaxDepositAmt" would be entered in Column O.</t>
   </si>
   <si>
@@ -415,51 +415,51 @@
   </si>
   <si>
     <t>Form 1065 (SCH K-1)</t>
   </si>
   <si>
     <t>The instructions for the Form 1065 Schedule K-1 states that certain line items from the Form 3468 need to be reported on multiple lines of the Form 1065 Schedule K-1. A dependency (InvestmentCreditDistributiveAmountsStatement) was created to capture this information, but is only attaching to line 15 of the Form 1065 Schedule K-1.</t>
   </si>
   <si>
     <t>Use the dependency (InvestmentCreditDistributiveAmountsStatement) on line 15 to report this information.</t>
   </si>
   <si>
     <t>Form 1040 (SCH 2)</t>
   </si>
   <si>
     <t>There is a change in verbiage for Line F
 From:
 Increase in Chapter 1 tax from Form 4255, Check applicable box and enter amount. 
 To:
 20% EP from Form 4255. Check applicable box and enter amount. 
 See instructions
 Also, the column letter in (i),(ii),(iii), and (iv) has changed from 'n' to 'o'.</t>
   </si>
   <si>
     <t xml:space="preserve">Currently, there is no workaround as there is no impact.
 Continue to use the published TY2024 F1040 Schedule 2
-The stylesheet will be updated in the future. </t>
+The stylesheet will be updated for tax in 2026.. </t>
   </si>
   <si>
     <t xml:space="preserve">The instructions from the Form 3468 states to attach a statement to Form 1065, Schedule K-1 that provides the necessary information and distributive share of amounts on their Form 3468. InvestmentCreditDistributiveAmountsStatement was developed to include this information and attach to the Form 1065, Schedule K-1, however the following lines: 
 *Part III, Line 1f 
 *Part VI, Line 5c 
 *Part VII, Line 1m 
 are not included in the dependency.
 </t>
   </si>
   <si>
     <t>Use the dependency ScheduleK11065MiscellaneousItemStatement to report these lines on the Form 1065 Sch K-1.</t>
   </si>
   <si>
     <t>Form 3468</t>
   </si>
   <si>
     <t>Part III, Line 1f, OrigPassThroughEntityEIN”, is currently a must enter field.</t>
   </si>
   <si>
     <t xml:space="preserve">
 If you file the Form 3468 with any of the following forms 990, 990EZ, 990PF, 990-T, 1120, 1120S, 1120F, 1120POL, 1065, 1040, 1041, 1040NR. Filers can proceed by entering 11-1111111 in must enter field for Part III, Line 1f, OrigPassThroughEntityEIN”.
 </t>
   </si>
   <si>
     <t xml:space="preserve">"Business Rule F3468-036 does not include Control Number 48E(h), which does not correspond with current schema. 'Section48eControlNum'should read ‘Section48eOr48EhControlNum’.
@@ -759,50 +759,53 @@
   </si>
   <si>
     <t>We have disabled Business Rule F8835-049 until the rule text is modified. Rule is anticipated to be fixed on projected resolution date.</t>
   </si>
   <si>
     <t>BR1120-344-01-the business rule (BR) is operating properly, however, it should reference Form 1120, Schedule J, Line 12.
 The verbiage of the business rule (BR) will be updated to:
  F1120-344-01 If Form 1120, 'TotalTaxAmt' has a non-zero value, then Form 1120, 'TotalTaxAmt' must equal Form 1120, Schedule J, 'TotalTaxAmt'.</t>
   </si>
   <si>
     <t>If Form 1120, 'TotalTaxAmt' has a non-zero value, then Form 1120, 'TotalTaxAmt' must equal Form 1120, Schedule J, 'TotalTaxAmt'.</t>
   </si>
   <si>
     <t xml:space="preserve">For f3468 Part 1, Line 11e element 'Section48eOr48EhControlNum' is causing mismatch in error in the Clean Energy Database and the database will not approve the correct investment credit. If Form 3468 Part 1, Line 11e has less than nine digits, then the return will be hung-up within the system. </t>
   </si>
   <si>
     <t>If f3468 Part 1, Line 11e has a value, then it must be exactly 9 digits in length.</t>
   </si>
   <si>
     <t xml:space="preserve">The Business Rule F1040NR -399-05 has the incorrect threshold amount.  The rule verbiage contains 90,000 and it should be 95,000. </t>
   </si>
   <si>
     <t>The Business Rule has been disabled as of 2/9.25. The rule scheduled to be updated 3/23/2025</t>
   </si>
   <si>
+    <t>N/A</t>
+  </si>
+  <si>
     <t>The 1040 and Form 8689 instructions were changed to report credits from Form 8689 to Schedule 3, line 13z. Business rule F1040-066-09 was not updated to remove "form8689Amt" from the rule text.</t>
   </si>
   <si>
     <t>Business rule F1040-066-09 will be updated to remove the element ‘form8689Amt’ from the text. Please follow the Tax Year 2024 Form 1040 instructions and the Form 8689 instructions to enter the amount on Schedule 3, line 13z. The business rule will be updated in a future release.</t>
   </si>
   <si>
     <t xml:space="preserve">The 1040 and Form 8689 instructions were changed to report credits from Form 8689 to Schedule 3, line 13z. Form 1040 schema still has the element ‘form8689Cd’ with the enumeration "FORM 8689" and the element ‘form8689Amt’. </t>
   </si>
   <si>
     <t>Please follow the Tax Year 2024 Form 1040 instructions and the Form 8689 instructions to enter the amount on Schedule 3, line 13z. 
 The schema will be updated for TY2025 in PY2026.</t>
   </si>
   <si>
     <t>Business rule SC-F1040-032 is erroneously rejecting Form 1040-SS submissions that include a Schedule C with an amount on line 31 that is not equal to the amount on line 29.</t>
   </si>
   <si>
     <t>Business Rule SC-F1040-032 is disabled.</t>
   </si>
   <si>
     <t>1065 Schedule K-2. Business Rule SK2-F1065-011 rejects when the following: (1) Line C4 is "Yes," (2) Part IV, Section 3, Line 14F, column (c) is computed to zero, and (3) No other values are present in Part IV, Sections 1, 2, or 3 (lines 13, 15 or 16). (Revised 8/19/2025)</t>
   </si>
   <si>
     <t xml:space="preserve">Select "No" for Lines C4, PartIVAttachedInd. Enter applicable amounts in Part IV, Section 3, Line 14. </t>
   </si>
   <si>
@@ -876,50 +879,78 @@
   </si>
   <si>
     <t>Form 709</t>
   </si>
   <si>
     <t>Form 709 returns are experiencing internal processing delays due to the NameLine1Type not being formatted correctly. The less-than sign (&lt;) is not being included to designate the primary filer's last name.</t>
   </si>
   <si>
     <t>The instructions in Publication 4164 Section 12.5 should be followed as if filing an individual return. Publication 4163 will be updated, and Business Rules will be added.</t>
   </si>
   <si>
     <t>Form 7004</t>
   </si>
   <si>
     <t xml:space="preserve">BR F7004‐904‐01 is rejecting Form 7004 filed using form code 08 for Form 1042. Form 1042 is always filed on calendar year basis (Jan‐Dec). Rejections occur when the entity's account shows a fiscal year month other than December (from a corporation, partnership or trust) which conflicts with the calendar year requirement for Form 1042.
 </t>
   </si>
   <si>
     <t>Use the fiscal year month on record for the entity (corporation, partnership or trust) This ensures that the tax period ending date on Form 7004 matches the entity's established fiscal year and prevents rejections.</t>
   </si>
   <si>
     <t>Currently, it is not possible to report the deferred tax from line 9c of Form 8621 to line 24 of Form 1040 for MeF filers.</t>
   </si>
   <si>
     <t>We recommend reporting the taxes from Form 8621, line 9c by utilizing a General Dependency Small to clarify the discrepancy in the total tax. Input "Line24" in the FormLineOrInstructionRefTxt element. Enter the negative amount enclosed in parentheses in the Desc element. Provide the explanation in the AttachmentInformationSmllDesc element.</t>
+  </si>
+  <si>
+    <t>Form 2210-F</t>
+  </si>
+  <si>
+    <t>Form 2210-F line 16 shows X.XX this should be .07</t>
+  </si>
+  <si>
+    <t>Form 5329</t>
+  </si>
+  <si>
+    <t>Taxpayers are not completing Form 5329 Part IX Lines 54a/54b correctly when requesting a waiver of tax under reasonable cause.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">If you are requesting a waiver of the additional tax due to reasonable cause (“RC”) on Form 5329, Part IX for Lines 54a and/or 54b, the “RC” amount must be the only distribution shortfall you want the IRS to waive. It should not include any tax.
+After identifying the shortfall amount you want waived:
+Enter “RC” and that shortfall amount on the dotted line next to Lines 54a and/or 54b.
+Subtract the RC amount from the total shortfall you originally calculated.
+This remaining amount is the portion that may be subject to the 10% or 25% additional tax, depending on your situation. After, you multiply the remaining amount by 10% or 25%, enter the result on Lines 54a and/or 54b, as applicable.
+In other words:
+List only the shortfall you want waived as “RC,” subtract it from your total shortfall, and the amount left over—if any—is the part that may be taxed.
+</t>
+  </si>
+  <si>
+    <t>Rule FPYMT-035-01 is being triggered for Line 25 when it should be for the amount owed, Line 26.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This Business Rule FPYMT-035-01 will be disabled and 1120S &amp; 1120S AMD will be added to Business Rule FPYMT-034-01 in a future release. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Aptos Display"/>
@@ -1359,202 +1390,199 @@
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="6">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment vertical="top"/>
-[...2 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
+      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="42">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent5" xfId="34" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Accent6" xfId="38" builtinId="49" customBuiltin="1"/>
     <cellStyle name="Bad" xfId="7" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Calculation" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Check Cell" xfId="13" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Explanatory Text" xfId="16" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Good" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Heading 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Heading 2" xfId="3" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Heading 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="9">
     <dxf>
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <numFmt numFmtId="30" formatCode="@"/>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
     </dxf>
     <dxf>
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="30" formatCode="@"/>
-    </dxf>
-[...5 lines deleted...]
-      <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="30" formatCode="@"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="30" formatCode="@"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="query" backgroundRefresh="0" connectionId="1" xr16:uid="{2C42307A-6ECD-46FB-BF5D-0CC73BC4D390}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="query" backgroundRefresh="0" connectionId="1" xr16:uid="{D90125D9-A631-4F08-B16B-8EA48986ED2A}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="20">
     <queryTableFields count="9">
       <queryTableField id="1" name="Date" tableColumnId="2"/>
       <queryTableField id="2" name="Tax Year" tableColumnId="3"/>
       <queryTableField id="4" name="Form Type" tableColumnId="5"/>
       <queryTableField id="5" name="Issue Type" tableColumnId="6"/>
       <queryTableField id="7" name="Description of Issue" tableColumnId="8"/>
       <queryTableField id="8" name="Workaround " tableColumnId="9"/>
       <queryTableField id="9" name="Projected Resolution Date" tableColumnId="10"/>
       <queryTableField id="10" name="Date Resolved" tableColumnId="11"/>
       <queryTableField id="17" name="Status" tableColumnId="15"/>
     </queryTableFields>
     <queryTableDeletedFields count="10">
       <deletedField name="KIS Item ID"/>
       <deletedField name="POC"/>
       <deletedField name="Source"/>
       <deletedField name="Incident Number"/>
       <deletedField name="UWR Number"/>
       <deletedField name="Notes"/>
       <deletedField name="Branch"/>
       <deletedField name="Branch Section"/>
       <deletedField name="Item Type"/>
       <deletedField name="Path"/>
     </queryTableDeletedFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{BDE4599D-7D1C-4AF2-9DBB-B9797E0CA850}" name="Table_query" displayName="Table_query" ref="A1:I99" tableType="queryTable" totalsRowShown="0">
-[...2 lines deleted...]
-    <sortCondition ref="I1:I99"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{E2E02BD2-5C7A-4132-9CA7-8FD9A2AEA799}" name="Table_query" displayName="Table_query" ref="A1:I102" tableType="queryTable" totalsRowShown="0">
+  <autoFilter ref="A1:I102" xr:uid="{E2E02BD2-5C7A-4132-9CA7-8FD9A2AEA799}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:I102">
+    <sortCondition ref="I1:I102"/>
   </sortState>
   <tableColumns count="9">
-    <tableColumn id="2" xr3:uid="{FC6C5BB3-9D45-4DB9-B9B3-2155C9E545F6}" uniqueName="Date" name="Date" queryTableFieldId="1" dataDxfId="8"/>
-[...7 lines deleted...]
-    <tableColumn id="15" xr3:uid="{5368D91E-71DF-4BD7-83ED-87824C763B61}" uniqueName="Status" name="Status" queryTableFieldId="17" dataDxfId="4"/>
+    <tableColumn id="2" xr3:uid="{E1CA0416-8EC5-42B1-87D4-6B9C227CF305}" uniqueName="Date" name="Date" queryTableFieldId="1" dataDxfId="8"/>
+    <tableColumn id="3" xr3:uid="{BCAA9673-63D7-45E4-B625-CE3CE6982B80}" uniqueName="TaxYear" name="Tax Year" queryTableFieldId="2" dataDxfId="7"/>
+    <tableColumn id="5" xr3:uid="{9325D11F-60E9-409B-8AF5-D9FB9EB22E5F}" uniqueName="FormType" name="Form Type" queryTableFieldId="4" dataDxfId="6"/>
+    <tableColumn id="6" xr3:uid="{8D452CF6-DC05-4747-9D96-5165EA00EAF0}" uniqueName="IssueType" name="Issue Type" queryTableFieldId="5" dataDxfId="5"/>
+    <tableColumn id="8" xr3:uid="{CB8AA84C-57F1-4042-9132-D83F68092340}" uniqueName="DescriptionofIssue" name="Description of Issue" queryTableFieldId="7" dataDxfId="4"/>
+    <tableColumn id="9" xr3:uid="{3E468B43-A29F-4448-9D07-2BB62C72914C}" uniqueName="Workaround" name="Workaround " queryTableFieldId="8" dataDxfId="3"/>
+    <tableColumn id="10" xr3:uid="{D0EEC2DA-DA1E-4615-8CF4-2CADFE5EB697}" uniqueName="ProjectedResolutionDate" name="Projected Resolution Date" queryTableFieldId="9" dataDxfId="2"/>
+    <tableColumn id="11" xr3:uid="{96E5830B-060F-464B-8C58-7FBCF6F71374}" uniqueName="DateResolved" name="Date Resolved" queryTableFieldId="10" dataDxfId="1"/>
+    <tableColumn id="15" xr3:uid="{58EE6548-A6C2-4C05-A7A7-71B347715E1B}" uniqueName="Status" name="Status" queryTableFieldId="17" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -1836,2853 +1864,2996 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{191E0DDE-1633-4D7B-BE94-D4A8A5293793}">
-  <dimension ref="A1:I99"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B367AD4B-DB84-47D8-9180-0D56FAE746C5}">
+  <dimension ref="A1:I102"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="E2" sqref="E2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="10.08984375" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="10.36328125" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="8" width="15.90625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="10" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="19.36328125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="23.453125" bestFit="1" customWidth="1"/>
+    <col min="5" max="6" width="80.7265625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="25" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="15" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="9.54296875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="4" t="s">
+      <c r="E1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="4" t="s">
+      <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="2" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A2" s="2">
-        <v>45945</v>
+        <v>46052</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="3" t="s">
-        <v>137</v>
+        <v>171</v>
       </c>
       <c r="D2" s="3" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>257</v>
+        <v>16</v>
+      </c>
+      <c r="E2" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="F2" s="4" t="s">
+        <v>265</v>
       </c>
       <c r="G2" s="2">
-        <v>46754</v>
+        <v>46388</v>
       </c>
       <c r="H2" s="2"/>
       <c r="I2" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="3" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:9" ht="261" x14ac:dyDescent="0.35">
       <c r="A3" s="2">
-        <v>45909</v>
+        <v>46009</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>253</v>
+        <v>261</v>
       </c>
       <c r="D3" s="3" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>255</v>
+        <v>11</v>
+      </c>
+      <c r="E3" s="4" t="s">
+        <v>262</v>
+      </c>
+      <c r="F3" s="4" t="s">
+        <v>263</v>
       </c>
       <c r="G3" s="2">
-        <v>46022</v>
+        <v>46388</v>
       </c>
       <c r="H3" s="2"/>
       <c r="I3" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="4" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A4" s="2">
-        <v>45888</v>
+        <v>45967</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="D4" s="3" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>252</v>
+        <v>29</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>219</v>
       </c>
       <c r="G4" s="2">
-        <v>46023</v>
+        <v>46388</v>
       </c>
       <c r="H4" s="2"/>
       <c r="I4" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="5" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:9" ht="58" x14ac:dyDescent="0.35">
       <c r="A5" s="2">
-        <v>45755</v>
+        <v>45945</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="3" t="s">
-        <v>247</v>
+        <v>137</v>
       </c>
       <c r="D5" s="3" t="s">
-        <v>29</v>
-[...5 lines deleted...]
-        <v>249</v>
+        <v>11</v>
+      </c>
+      <c r="E5" s="4" t="s">
+        <v>257</v>
+      </c>
+      <c r="F5" s="4" t="s">
+        <v>258</v>
       </c>
       <c r="G5" s="2">
-        <v>46023</v>
+        <v>46754</v>
       </c>
       <c r="H5" s="2"/>
       <c r="I5" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A6" s="2">
-        <v>45743</v>
+        <v>45888</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>72</v>
-[...5 lines deleted...]
-        <v>246</v>
+        <v>11</v>
+      </c>
+      <c r="E6" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="F6" s="4" t="s">
+        <v>253</v>
       </c>
       <c r="G6" s="2">
-        <v>46023</v>
+        <v>46097</v>
       </c>
       <c r="H6" s="2"/>
       <c r="I6" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="7" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A7" s="2">
-        <v>45736</v>
+        <v>45707</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="3" t="s">
-        <v>239</v>
+        <v>62</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="E7" s="5" t="s">
-[...3 lines deleted...]
-        <v>241</v>
+      <c r="E7" s="4" t="s">
+        <v>231</v>
+      </c>
+      <c r="F7" s="4" t="s">
+        <v>232</v>
       </c>
       <c r="G7" s="2">
-        <v>46023</v>
+        <v>46753</v>
       </c>
       <c r="H7" s="2"/>
       <c r="I7" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="8" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:9" ht="116" x14ac:dyDescent="0.35">
       <c r="A8" s="2">
-        <v>45707</v>
+        <v>45614</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>62</v>
+        <v>127</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>231</v>
+        <v>88</v>
+      </c>
+      <c r="E8" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="F8" s="4" t="s">
+        <v>129</v>
       </c>
       <c r="G8" s="2">
-        <v>46023</v>
+        <v>46753</v>
       </c>
       <c r="H8" s="2"/>
       <c r="I8" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="9" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:9" ht="58" x14ac:dyDescent="0.35">
       <c r="A9" s="2">
-        <v>45701</v>
+        <v>45614</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="3" t="s">
-        <v>227</v>
+        <v>127</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>229</v>
+        <v>88</v>
+      </c>
+      <c r="E9" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="F9" s="4" t="s">
+        <v>131</v>
       </c>
       <c r="G9" s="2">
-        <v>46023</v>
+        <v>46753</v>
       </c>
       <c r="H9" s="2"/>
       <c r="I9" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="10" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:9" ht="58" x14ac:dyDescent="0.35">
       <c r="A10" s="2">
-        <v>45700</v>
+        <v>45611</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>137</v>
+        <v>108</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>220</v>
+        <v>88</v>
+      </c>
+      <c r="E10" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="F10" s="4" t="s">
+        <v>110</v>
       </c>
       <c r="G10" s="2">
-        <v>46023</v>
+        <v>46753</v>
       </c>
       <c r="H10" s="2"/>
       <c r="I10" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="11" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:9" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A11" s="2">
-        <v>45700</v>
+        <v>45611</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>137</v>
+        <v>108</v>
       </c>
       <c r="D11" s="3" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>222</v>
+        <v>88</v>
+      </c>
+      <c r="E11" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="F11" s="4" t="s">
+        <v>115</v>
       </c>
       <c r="G11" s="2">
-        <v>46023</v>
+        <v>46753</v>
       </c>
       <c r="H11" s="2"/>
       <c r="I11" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="12" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A12" s="2">
-        <v>45700</v>
+        <v>45603</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>62</v>
+        <v>97</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>226</v>
+        <v>59</v>
+      </c>
+      <c r="E12" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="F12" s="4" t="s">
+        <v>99</v>
       </c>
       <c r="G12" s="2">
-        <v>46023</v>
+        <v>46393</v>
       </c>
       <c r="H12" s="2"/>
       <c r="I12" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="13" spans="1:9" ht="101.5" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A13" s="2">
-        <v>45695</v>
+        <v>45532</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="3" t="s">
-        <v>174</v>
+        <v>58</v>
       </c>
       <c r="D13" s="3" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>214</v>
+        <v>59</v>
+      </c>
+      <c r="E13" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="F13" s="4" t="s">
+        <v>61</v>
       </c>
       <c r="G13" s="2">
-        <v>46023</v>
+        <v>46082</v>
       </c>
       <c r="H13" s="2"/>
       <c r="I13" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="14" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A14" s="2">
-        <v>45693</v>
+        <v>45519</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="D14" s="3" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>210</v>
+        <v>29</v>
+      </c>
+      <c r="E14" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F14" s="4" t="s">
+        <v>46</v>
       </c>
       <c r="G14" s="2">
-        <v>46023</v>
+        <v>46753</v>
       </c>
       <c r="H14" s="2"/>
       <c r="I14" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="15" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:9" ht="58" x14ac:dyDescent="0.35">
       <c r="A15" s="2">
-        <v>45693</v>
+        <v>45363</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>85</v>
+        <v>19</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E15" s="5" t="s">
-[...3 lines deleted...]
-        <v>212</v>
+      <c r="E15" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" s="4" t="s">
+        <v>21</v>
       </c>
       <c r="G15" s="2">
-        <v>46023</v>
+        <v>46388</v>
       </c>
       <c r="H15" s="2"/>
       <c r="I15" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="16" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A16" s="2">
-        <v>45685</v>
+        <v>45909</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>202</v>
+        <v>254</v>
       </c>
       <c r="D16" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E16" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="F16" s="4" t="s">
+        <v>256</v>
+      </c>
+      <c r="G16" s="2">
+        <v>46022</v>
+      </c>
+      <c r="H16" s="2">
+        <v>46022</v>
+      </c>
+      <c r="I16" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A17" s="2">
+        <v>45755</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="D17" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="E16" s="5" t="s">
-[...30 lines deleted...]
-        <v>161</v>
+      <c r="E17" s="4" t="s">
+        <v>249</v>
+      </c>
+      <c r="F17" s="4" t="s">
+        <v>250</v>
       </c>
       <c r="G17" s="2">
         <v>46023</v>
       </c>
-      <c r="H17" s="2"/>
+      <c r="H17" s="2">
+        <v>45968</v>
+      </c>
       <c r="I17" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A18" s="2">
-        <v>45660</v>
+        <v>45743</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>159</v>
+        <v>245</v>
       </c>
       <c r="D18" s="3" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>161</v>
+        <v>72</v>
+      </c>
+      <c r="E18" s="4" t="s">
+        <v>246</v>
+      </c>
+      <c r="F18" s="4" t="s">
+        <v>247</v>
       </c>
       <c r="G18" s="2">
         <v>46023</v>
       </c>
-      <c r="H18" s="2"/>
+      <c r="H18" s="2">
+        <v>46023</v>
+      </c>
       <c r="I18" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" ht="58" x14ac:dyDescent="0.35">
       <c r="A19" s="2">
-        <v>45645</v>
+        <v>45742</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>148</v>
+        <v>127</v>
       </c>
       <c r="D19" s="3" t="s">
-        <v>29</v>
-[...5 lines deleted...]
-        <v>150</v>
+        <v>16</v>
+      </c>
+      <c r="E19" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="F19" s="4" t="s">
+        <v>244</v>
       </c>
       <c r="G19" s="2">
-        <v>46022</v>
-[...1 lines deleted...]
-      <c r="H19" s="2"/>
+        <v>45771</v>
+      </c>
+      <c r="H19" s="2">
+        <v>45771</v>
+      </c>
       <c r="I19" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A20" s="2">
-        <v>45645</v>
+        <v>45736</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>151</v>
+        <v>240</v>
       </c>
       <c r="D20" s="3" t="s">
-        <v>88</v>
-[...5 lines deleted...]
-        <v>153</v>
+        <v>11</v>
+      </c>
+      <c r="E20" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="F20" s="4" t="s">
+        <v>242</v>
       </c>
       <c r="G20" s="2">
-        <v>46022</v>
-[...1 lines deleted...]
-      <c r="H20" s="2"/>
+        <v>46023</v>
+      </c>
+      <c r="H20" s="2">
+        <v>46023</v>
+      </c>
       <c r="I20" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:9" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A21" s="2">
-        <v>45639</v>
+        <v>45723</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>137</v>
+        <v>103</v>
       </c>
       <c r="D21" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E21" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="F21" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="G21" s="2">
+        <v>45838</v>
+      </c>
+      <c r="H21" s="2">
+        <v>45838</v>
+      </c>
+      <c r="I21" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A22" s="2">
+        <v>45723</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E22" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="F22" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="G22" s="2">
+        <v>45838</v>
+      </c>
+      <c r="H22" s="2">
+        <v>45838</v>
+      </c>
+      <c r="I22" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A23" s="2">
+        <v>45723</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E23" s="4" t="s">
+        <v>236</v>
+      </c>
+      <c r="F23" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="G23" s="2">
+        <v>45838</v>
+      </c>
+      <c r="H23" s="2">
+        <v>45838</v>
+      </c>
+      <c r="I23" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A24" s="2">
+        <v>45723</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E24" s="4" t="s">
+        <v>237</v>
+      </c>
+      <c r="F24" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="G24" s="2">
+        <v>45838</v>
+      </c>
+      <c r="H24" s="2">
+        <v>45838</v>
+      </c>
+      <c r="I24" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A25" s="2">
+        <v>45723</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E25" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="F25" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="G25" s="2">
+        <v>45838</v>
+      </c>
+      <c r="H25" s="2">
+        <v>45838</v>
+      </c>
+      <c r="I25" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A26" s="2">
+        <v>45723</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="4" t="s">
+        <v>239</v>
+      </c>
+      <c r="F26" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="G26" s="2">
+        <v>45838</v>
+      </c>
+      <c r="H26" s="2">
+        <v>45838</v>
+      </c>
+      <c r="I26" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" ht="130.5" x14ac:dyDescent="0.35">
+      <c r="A27" s="2">
+        <v>45712</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="D27" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="E21" s="5" t="s">
-[...23 lines deleted...]
-      <c r="D22" s="3" t="s">
+      <c r="E27" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="F27" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="G27" s="2">
+        <v>45739</v>
+      </c>
+      <c r="H27" s="2">
+        <v>45739</v>
+      </c>
+      <c r="I27" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A28" s="2">
+        <v>45701</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="D28" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="E22" s="5" t="s">
-[...165 lines deleted...]
-        <v>110</v>
+      <c r="E28" s="4" t="s">
+        <v>229</v>
+      </c>
+      <c r="F28" s="4" t="s">
+        <v>230</v>
       </c>
       <c r="G28" s="2">
         <v>46023</v>
       </c>
-      <c r="H28" s="2"/>
+      <c r="H28" s="2">
+        <v>45939</v>
+      </c>
       <c r="I28" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:9" ht="130.5" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A29" s="2">
-        <v>45611</v>
+        <v>45700</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>108</v>
+        <v>169</v>
       </c>
       <c r="D29" s="3" t="s">
-        <v>88</v>
-[...5 lines deleted...]
-        <v>115</v>
+        <v>16</v>
+      </c>
+      <c r="E29" s="4" t="s">
+        <v>217</v>
+      </c>
+      <c r="F29" s="4" t="s">
+        <v>218</v>
       </c>
       <c r="G29" s="2">
+        <v>45739</v>
+      </c>
+      <c r="H29" s="2">
+        <v>45739</v>
+      </c>
+      <c r="I29" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A30" s="2">
+        <v>45700</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E30" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="F30" s="4" t="s">
+        <v>221</v>
+      </c>
+      <c r="G30" s="2">
         <v>46023</v>
       </c>
-      <c r="H29" s="2"/>
-[...26 lines deleted...]
-      <c r="H30" s="2"/>
+      <c r="H30" s="2">
+        <v>46023</v>
+      </c>
       <c r="I30" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A31" s="2">
-        <v>45601</v>
+        <v>45700</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="D31" s="3" t="s">
-        <v>29</v>
-[...5 lines deleted...]
-        <v>134</v>
+        <v>11</v>
+      </c>
+      <c r="E31" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="F31" s="4" t="s">
+        <v>223</v>
       </c>
       <c r="G31" s="2">
         <v>46023</v>
       </c>
-      <c r="H31" s="2"/>
+      <c r="H31" s="2">
+        <v>46023</v>
+      </c>
       <c r="I31" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A32" s="2">
-        <v>45587</v>
+        <v>45700</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>91</v>
+        <v>199</v>
       </c>
       <c r="D32" s="3" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>93</v>
+        <v>16</v>
+      </c>
+      <c r="E32" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="F32" s="4" t="s">
+        <v>225</v>
       </c>
       <c r="G32" s="2">
-        <v>46023</v>
-[...1 lines deleted...]
-      <c r="H32" s="2"/>
+        <v>45706</v>
+      </c>
+      <c r="H32" s="2">
+        <v>45706</v>
+      </c>
       <c r="I32" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A33" s="2">
-        <v>45567</v>
+        <v>45700</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>75</v>
+        <v>62</v>
       </c>
       <c r="D33" s="3" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>77</v>
+        <v>16</v>
+      </c>
+      <c r="E33" s="4" t="s">
+        <v>226</v>
+      </c>
+      <c r="F33" s="4" t="s">
+        <v>227</v>
       </c>
       <c r="G33" s="2">
         <v>46023</v>
       </c>
-      <c r="H33" s="2"/>
+      <c r="H33" s="2">
+        <v>46023</v>
+      </c>
       <c r="I33" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" ht="58" x14ac:dyDescent="0.35">
       <c r="A34" s="2">
-        <v>45554</v>
+        <v>45699</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>68</v>
+        <v>116</v>
       </c>
       <c r="D34" s="3" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>70</v>
+        <v>16</v>
+      </c>
+      <c r="E34" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="F34" s="4" t="s">
+        <v>216</v>
       </c>
       <c r="G34" s="2">
-        <v>46023</v>
-[...1 lines deleted...]
-      <c r="H34" s="2"/>
+        <v>45870</v>
+      </c>
+      <c r="H34" s="2">
+        <v>45771</v>
+      </c>
       <c r="I34" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A35" s="2">
-        <v>45532</v>
+        <v>45695</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>58</v>
+        <v>174</v>
       </c>
       <c r="D35" s="3" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>16</v>
+      </c>
+      <c r="E35" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="F35" s="4" t="s">
+        <v>214</v>
       </c>
       <c r="G35" s="2">
         <v>46023</v>
       </c>
-      <c r="H35" s="2"/>
+      <c r="H35" s="2">
+        <v>45729</v>
+      </c>
       <c r="I35" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A36" s="2">
-        <v>45523</v>
+        <v>45693</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="D36" s="3" t="s">
-        <v>29</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>16</v>
+      </c>
+      <c r="E36" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="F36" s="4" t="s">
+        <v>206</v>
       </c>
       <c r="G36" s="2">
-        <v>46023</v>
-[...1 lines deleted...]
-      <c r="H36" s="2"/>
+        <v>45739</v>
+      </c>
+      <c r="H36" s="2">
+        <v>45739</v>
+      </c>
       <c r="I36" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A37" s="2">
-        <v>45519</v>
+        <v>45693</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>44</v>
+        <v>85</v>
       </c>
       <c r="D37" s="3" t="s">
-        <v>29</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>16</v>
+      </c>
+      <c r="E37" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="F37" s="4" t="s">
+        <v>208</v>
       </c>
       <c r="G37" s="2">
-        <v>46023</v>
-[...1 lines deleted...]
-      <c r="H37" s="2"/>
+        <v>45739</v>
+      </c>
+      <c r="H37" s="2">
+        <v>45739</v>
+      </c>
       <c r="I37" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A38" s="2">
-        <v>45519</v>
+        <v>45693</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>47</v>
+        <v>85</v>
       </c>
       <c r="D38" s="3" t="s">
-        <v>29</v>
-[...5 lines deleted...]
-        <v>49</v>
+        <v>16</v>
+      </c>
+      <c r="E38" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="F38" s="4" t="s">
+        <v>210</v>
       </c>
       <c r="G38" s="2">
         <v>46023</v>
       </c>
-      <c r="H38" s="2"/>
+      <c r="H38" s="2">
+        <v>46023</v>
+      </c>
       <c r="I38" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:9" ht="101.5" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A39" s="2">
-        <v>45506</v>
+        <v>45693</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>38</v>
+        <v>85</v>
       </c>
       <c r="D39" s="3" t="s">
-        <v>29</v>
-[...5 lines deleted...]
-        <v>40</v>
+        <v>16</v>
+      </c>
+      <c r="E39" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="F39" s="4" t="s">
+        <v>212</v>
       </c>
       <c r="G39" s="2">
         <v>46023</v>
       </c>
-      <c r="H39" s="2"/>
+      <c r="H39" s="2">
+        <v>46023</v>
+      </c>
       <c r="I39" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:9" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A40" s="2">
-        <v>45499</v>
+        <v>45685</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>36</v>
+        <v>103</v>
       </c>
       <c r="D40" s="3" t="s">
-        <v>29</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>11</v>
+      </c>
+      <c r="E40" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="F40" s="4" t="s">
+        <v>188</v>
       </c>
       <c r="G40" s="2">
-        <v>46023</v>
-[...1 lines deleted...]
-      <c r="H40" s="2"/>
+        <v>45739</v>
+      </c>
+      <c r="H40" s="2">
+        <v>45685</v>
+      </c>
       <c r="I40" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A41" s="2">
-        <v>45491</v>
+        <v>45685</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>41</v>
+        <v>202</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="E41" s="5" t="s">
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="E41" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="F41" s="4" t="s">
+        <v>204</v>
       </c>
       <c r="G41" s="2">
         <v>46023</v>
       </c>
-      <c r="H41" s="2"/>
+      <c r="H41" s="2">
+        <v>46035</v>
+      </c>
       <c r="I41" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A42" s="2">
-        <v>45481</v>
+        <v>45680</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>28</v>
+        <v>137</v>
       </c>
       <c r="D42" s="3" t="s">
-        <v>29</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>16</v>
+      </c>
+      <c r="E42" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="F42" s="4" t="s">
+        <v>186</v>
       </c>
       <c r="G42" s="2">
-        <v>46023</v>
-[...1 lines deleted...]
-      <c r="H42" s="2"/>
+        <v>45747</v>
+      </c>
+      <c r="H42" s="2">
+        <v>45757</v>
+      </c>
       <c r="I42" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A43" s="2">
-        <v>45363</v>
+        <v>45680</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>19</v>
+        <v>196</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E43" s="5" t="s">
-[...3 lines deleted...]
-        <v>21</v>
+      <c r="E43" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="F43" s="4" t="s">
+        <v>198</v>
       </c>
       <c r="G43" s="2">
-        <v>46388</v>
-[...1 lines deleted...]
-      <c r="H43" s="2"/>
+        <v>45740</v>
+      </c>
+      <c r="H43" s="2">
+        <v>45739</v>
+      </c>
       <c r="I43" s="1" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A44" s="2">
-        <v>45742</v>
+        <v>45680</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>127</v>
+        <v>199</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E44" s="5" t="s">
-[...3 lines deleted...]
-        <v>243</v>
+      <c r="E44" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="F44" s="4" t="s">
+        <v>201</v>
       </c>
       <c r="G44" s="2">
-        <v>45771</v>
+        <v>45684</v>
       </c>
       <c r="H44" s="2">
-        <v>45771</v>
+        <v>45685</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="45" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A45" s="2">
-        <v>45723</v>
+        <v>45678</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>103</v>
       </c>
       <c r="D45" s="3" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>233</v>
+        <v>11</v>
+      </c>
+      <c r="E45" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="F45" s="4" t="s">
+        <v>188</v>
       </c>
       <c r="G45" s="2">
-        <v>45838</v>
+        <v>45739</v>
       </c>
       <c r="H45" s="2">
-        <v>45838</v>
+        <v>45708</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A46" s="2">
-        <v>45723</v>
+        <v>45678</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>103</v>
+        <v>189</v>
       </c>
       <c r="D46" s="3" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>233</v>
+        <v>11</v>
+      </c>
+      <c r="E46" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="F46" s="4" t="s">
+        <v>191</v>
       </c>
       <c r="G46" s="2">
-        <v>45838</v>
+        <v>46023</v>
       </c>
       <c r="H46" s="2">
-        <v>45838</v>
+        <v>45678</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="47" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A47" s="2">
-        <v>45723</v>
+        <v>45678</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>103</v>
+        <v>19</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E47" s="5" t="s">
-[...3 lines deleted...]
-        <v>233</v>
+      <c r="E47" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="F47" s="4" t="s">
+        <v>193</v>
       </c>
       <c r="G47" s="2">
-        <v>45838</v>
+        <v>45704</v>
       </c>
       <c r="H47" s="2">
-        <v>45838</v>
+        <v>45708</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A48" s="2">
-        <v>45723</v>
+        <v>45678</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>103</v>
+        <v>189</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E48" s="5" t="s">
-[...3 lines deleted...]
-        <v>233</v>
+      <c r="E48" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="F48" s="4" t="s">
+        <v>195</v>
       </c>
       <c r="G48" s="2">
-        <v>45838</v>
+        <v>45690</v>
       </c>
       <c r="H48" s="2">
-        <v>45838</v>
+        <v>45690</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="49" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A49" s="2">
-        <v>45723</v>
+        <v>45672</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>103</v>
+        <v>171</v>
       </c>
       <c r="D49" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E49" s="5" t="s">
-[...3 lines deleted...]
-        <v>233</v>
+      <c r="E49" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="F49" s="4" t="s">
+        <v>173</v>
       </c>
       <c r="G49" s="2">
-        <v>45838</v>
+        <v>46023</v>
       </c>
       <c r="H49" s="2">
-        <v>45838</v>
+        <v>45773</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="50" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:9" ht="58" x14ac:dyDescent="0.35">
       <c r="A50" s="2">
-        <v>45723</v>
+        <v>45672</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>103</v>
+        <v>177</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E50" s="5" t="s">
-[...3 lines deleted...]
-        <v>233</v>
+      <c r="E50" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="F50" s="4" t="s">
+        <v>179</v>
       </c>
       <c r="G50" s="2">
-        <v>45838</v>
+        <v>45688</v>
       </c>
       <c r="H50" s="2">
-        <v>45838</v>
+        <v>45673</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="51" spans="1:9" ht="130.5" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A51" s="2">
-        <v>45712</v>
+        <v>45672</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>180</v>
+        <v>171</v>
       </c>
       <c r="D51" s="3" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>182</v>
+        <v>16</v>
+      </c>
+      <c r="E51" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="F51" s="4" t="s">
+        <v>184</v>
       </c>
       <c r="G51" s="2">
-        <v>45739</v>
+        <v>46023</v>
       </c>
       <c r="H51" s="2">
-        <v>45739</v>
+        <v>45754</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="52" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:9" ht="58" x14ac:dyDescent="0.35">
       <c r="A52" s="2">
-        <v>45700</v>
+        <v>45670</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>169</v>
+        <v>137</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E52" s="5" t="s">
-[...3 lines deleted...]
-        <v>218</v>
+      <c r="E52" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="F52" s="4" t="s">
+        <v>168</v>
       </c>
       <c r="G52" s="2">
-        <v>45739</v>
+        <v>45747</v>
       </c>
       <c r="H52" s="2">
-        <v>45739</v>
+        <v>45732</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="53" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A53" s="2">
-        <v>45700</v>
+        <v>45670</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>199</v>
+        <v>169</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E53" s="5" t="s">
-[...3 lines deleted...]
-        <v>224</v>
+      <c r="E53" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="F53" s="4" t="s">
+        <v>161</v>
       </c>
       <c r="G53" s="2">
-        <v>45706</v>
+        <v>46023</v>
       </c>
       <c r="H53" s="2">
-        <v>45706</v>
+        <v>45959</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="54" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A54" s="2">
-        <v>45699</v>
+        <v>45667</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>116</v>
+        <v>164</v>
       </c>
       <c r="D54" s="3" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>216</v>
+        <v>59</v>
+      </c>
+      <c r="E54" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="F54" s="4" t="s">
+        <v>166</v>
       </c>
       <c r="G54" s="2">
-        <v>45870</v>
+        <v>45739</v>
       </c>
       <c r="H54" s="2">
-        <v>45771</v>
+        <v>45739</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A55" s="2">
-        <v>45693</v>
+        <v>45665</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E55" s="5" t="s">
-[...3 lines deleted...]
-        <v>206</v>
+      <c r="E55" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="F55" s="4" t="s">
+        <v>158</v>
       </c>
       <c r="G55" s="2">
-        <v>45739</v>
+        <v>45708</v>
       </c>
       <c r="H55" s="2">
-        <v>45739</v>
+        <v>45708</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="56" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:9" ht="58" x14ac:dyDescent="0.35">
       <c r="A56" s="2">
-        <v>45693</v>
+        <v>45665</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>85</v>
+        <v>162</v>
       </c>
       <c r="D56" s="3" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>208</v>
+        <v>72</v>
+      </c>
+      <c r="E56" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="F56" s="4" t="s">
+        <v>105</v>
       </c>
       <c r="G56" s="2">
-        <v>45739</v>
+        <v>45690</v>
       </c>
       <c r="H56" s="2">
-        <v>45739</v>
+        <v>45690</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="57" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A57" s="2">
-        <v>45685</v>
+        <v>45660</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>103</v>
+        <v>159</v>
       </c>
       <c r="D57" s="3" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>188</v>
+        <v>16</v>
+      </c>
+      <c r="E57" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="F57" s="4" t="s">
+        <v>161</v>
       </c>
       <c r="G57" s="2">
-        <v>45739</v>
+        <v>46023</v>
       </c>
       <c r="H57" s="2">
-        <v>45685</v>
+        <v>45687</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="58" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A58" s="2">
-        <v>45680</v>
+        <v>45646</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>137</v>
+        <v>154</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E58" s="5" t="s">
-[...3 lines deleted...]
-        <v>186</v>
+      <c r="E58" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="F58" s="4" t="s">
+        <v>156</v>
       </c>
       <c r="G58" s="2">
-        <v>45747</v>
+        <v>45658</v>
       </c>
       <c r="H58" s="2">
-        <v>45757</v>
+        <v>45655</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="59" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A59" s="2">
-        <v>45680</v>
+        <v>45645</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>196</v>
+        <v>148</v>
       </c>
       <c r="D59" s="3" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>198</v>
+        <v>29</v>
+      </c>
+      <c r="E59" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="F59" s="4" t="s">
+        <v>150</v>
       </c>
       <c r="G59" s="2">
-        <v>45740</v>
+        <v>46022</v>
       </c>
       <c r="H59" s="2">
-        <v>45739</v>
+        <v>46022</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="60" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A60" s="2">
-        <v>45680</v>
+        <v>45645</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>199</v>
+        <v>151</v>
       </c>
       <c r="D60" s="3" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>201</v>
+        <v>88</v>
+      </c>
+      <c r="E60" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="F60" s="4" t="s">
+        <v>153</v>
       </c>
       <c r="G60" s="2">
-        <v>45684</v>
+        <v>46022</v>
       </c>
       <c r="H60" s="2">
-        <v>45685</v>
+        <v>45688</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="61" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A61" s="2">
-        <v>45678</v>
+        <v>45639</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="D61" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="E61" s="5" t="s">
-[...3 lines deleted...]
-        <v>188</v>
+      <c r="E61" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="F61" s="4" t="s">
+        <v>141</v>
       </c>
       <c r="G61" s="2">
-        <v>45739</v>
+        <v>46023</v>
       </c>
       <c r="H61" s="2">
-        <v>45708</v>
+        <v>46023</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="62" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A62" s="2">
-        <v>45678</v>
+        <v>45639</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>189</v>
+        <v>41</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="E62" s="5" t="s">
-[...3 lines deleted...]
-        <v>191</v>
+      <c r="E62" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="F62" s="4" t="s">
+        <v>143</v>
       </c>
       <c r="G62" s="2">
+        <v>45731</v>
+      </c>
+      <c r="H62" s="2">
+        <v>45731</v>
+      </c>
+      <c r="I62" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+      <c r="A63" s="2">
+        <v>45639</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="D63" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="F63" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="G63" s="2">
         <v>46023</v>
       </c>
-      <c r="H62" s="2">
-[...27 lines deleted...]
-      </c>
       <c r="H63" s="2">
-        <v>45708</v>
+        <v>46023</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="64" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A64" s="2">
-        <v>45678</v>
+        <v>45639</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>189</v>
+        <v>137</v>
       </c>
       <c r="D64" s="3" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>195</v>
+        <v>72</v>
+      </c>
+      <c r="E64" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="F64" s="4" t="s">
+        <v>147</v>
       </c>
       <c r="G64" s="2">
+        <v>46023</v>
+      </c>
+      <c r="H64" s="2">
+        <v>46023</v>
+      </c>
+      <c r="I64" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" ht="130.5" x14ac:dyDescent="0.35">
+      <c r="A65" s="2">
+        <v>45637</v>
+      </c>
+      <c r="B65" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D65" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="E65" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="F65" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="G65" s="2">
         <v>45690</v>
       </c>
-      <c r="H64" s="2">
+      <c r="H65" s="2">
         <v>45690</v>
       </c>
-      <c r="I64" s="1" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="I65" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="66" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:9" ht="116" x14ac:dyDescent="0.35">
       <c r="A66" s="2">
-        <v>45672</v>
+        <v>45637</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>177</v>
+        <v>111</v>
       </c>
       <c r="D66" s="3" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>179</v>
+        <v>29</v>
+      </c>
+      <c r="E66" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="F66" s="4" t="s">
+        <v>113</v>
       </c>
       <c r="G66" s="2">
-        <v>45688</v>
+        <v>46024</v>
       </c>
       <c r="H66" s="2">
-        <v>45673</v>
+        <v>46024</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="67" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:9" ht="87" x14ac:dyDescent="0.35">
       <c r="A67" s="2">
-        <v>45672</v>
+        <v>45637</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>171</v>
+        <v>68</v>
       </c>
       <c r="D67" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E67" s="5" t="s">
-[...3 lines deleted...]
-        <v>184</v>
+      <c r="E67" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="F67" s="4" t="s">
+        <v>136</v>
       </c>
       <c r="G67" s="2">
-        <v>46023</v>
+        <v>45643</v>
       </c>
       <c r="H67" s="2">
-        <v>45754</v>
+        <v>45643</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="68" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A68" s="2">
-        <v>45670</v>
+        <v>45637</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>137</v>
       </c>
       <c r="D68" s="3" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>168</v>
+        <v>11</v>
+      </c>
+      <c r="E68" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="F68" s="4" t="s">
+        <v>139</v>
       </c>
       <c r="G68" s="2">
-        <v>45747</v>
+        <v>45637</v>
       </c>
       <c r="H68" s="2">
-        <v>45732</v>
+        <v>45637</v>
       </c>
       <c r="I68" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="69" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A69" s="2">
-        <v>45667</v>
+        <v>45636</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>164</v>
+        <v>100</v>
       </c>
       <c r="D69" s="3" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>166</v>
+        <v>11</v>
+      </c>
+      <c r="E69" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="F69" s="4" t="s">
+        <v>102</v>
       </c>
       <c r="G69" s="2">
         <v>45739</v>
       </c>
       <c r="H69" s="2">
-        <v>45739</v>
+        <v>45740</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="70" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:9" ht="58" x14ac:dyDescent="0.35">
       <c r="A70" s="2">
-        <v>45665</v>
+        <v>45631</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>103</v>
+        <v>85</v>
       </c>
       <c r="D70" s="3" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>158</v>
+        <v>11</v>
+      </c>
+      <c r="E70" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="F70" s="4" t="s">
+        <v>107</v>
       </c>
       <c r="G70" s="2">
-        <v>45708</v>
+        <v>46023</v>
       </c>
       <c r="H70" s="2">
-        <v>45708</v>
+        <v>46023</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="71" spans="1:9" ht="58" x14ac:dyDescent="0.35">
       <c r="A71" s="2">
-        <v>45665</v>
+        <v>45629</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>162</v>
+        <v>121</v>
       </c>
       <c r="D71" s="3" t="s">
-        <v>72</v>
-[...5 lines deleted...]
-        <v>105</v>
+        <v>11</v>
+      </c>
+      <c r="E71" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="F71" s="4" t="s">
+        <v>123</v>
       </c>
       <c r="G71" s="2">
-        <v>45690</v>
+        <v>46023</v>
       </c>
       <c r="H71" s="2">
-        <v>45690</v>
+        <v>45833</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="72" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:9" ht="58" x14ac:dyDescent="0.35">
       <c r="A72" s="2">
-        <v>45646</v>
+        <v>45629</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>154</v>
+        <v>124</v>
       </c>
       <c r="D72" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E72" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="F72" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="G72" s="2">
+        <v>46023</v>
+      </c>
+      <c r="H72" s="2">
+        <v>45833</v>
+      </c>
+      <c r="I72" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+      <c r="A73" s="2">
+        <v>45618</v>
+      </c>
+      <c r="B73" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="D73" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E72" s="5" t="s">
-[...25 lines deleted...]
-      <c r="D73" s="3" t="s">
+      <c r="E73" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="F73" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="G73" s="2">
+        <v>45838</v>
+      </c>
+      <c r="H73" s="2">
+        <v>45747</v>
+      </c>
+      <c r="I73" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A74" s="2">
+        <v>45603</v>
+      </c>
+      <c r="B74" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="D74" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="E73" s="5" t="s">
-[...32 lines deleted...]
-        <v>105</v>
+      <c r="E74" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="F74" s="4" t="s">
+        <v>118</v>
       </c>
       <c r="G74" s="2">
-        <v>45690</v>
+        <v>45747</v>
       </c>
       <c r="H74" s="2">
-        <v>45690</v>
+        <v>45747</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="75" spans="1:9" ht="87" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A75" s="2">
-        <v>45637</v>
+        <v>45601</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>68</v>
+        <v>132</v>
       </c>
       <c r="D75" s="3" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>136</v>
+        <v>29</v>
+      </c>
+      <c r="E75" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="F75" s="4" t="s">
+        <v>134</v>
       </c>
       <c r="G75" s="2">
-        <v>45643</v>
+        <v>46023</v>
       </c>
       <c r="H75" s="2">
-        <v>45643</v>
+        <v>46023</v>
       </c>
       <c r="I75" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="76" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A76" s="2">
-        <v>45637</v>
+        <v>45594</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>137</v>
+        <v>94</v>
       </c>
       <c r="D76" s="3" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>139</v>
+        <v>16</v>
+      </c>
+      <c r="E76" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="F76" s="4" t="s">
+        <v>96</v>
       </c>
       <c r="G76" s="2">
-        <v>45637</v>
+        <v>45658</v>
       </c>
       <c r="H76" s="2">
-        <v>45637</v>
+        <v>45658</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="77" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
+    <row r="77" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A77" s="2">
-        <v>45636</v>
+        <v>45587</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="D77" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="E77" s="5" t="s">
-[...3 lines deleted...]
-        <v>102</v>
+      <c r="E77" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="F77" s="4" t="s">
+        <v>93</v>
       </c>
       <c r="G77" s="2">
+        <v>46023</v>
+      </c>
+      <c r="H77" s="2">
+        <v>46027</v>
+      </c>
+      <c r="I77" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A78" s="2">
+        <v>45583</v>
+      </c>
+      <c r="B78" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="D78" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="E78" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="F78" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="G78" s="2">
+        <v>45838</v>
+      </c>
+      <c r="H78" s="2">
+        <v>45838</v>
+      </c>
+      <c r="I78" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A79" s="2">
+        <v>45573</v>
+      </c>
+      <c r="B79" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D79" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="E79" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="F79" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="G79" s="2">
         <v>45739</v>
       </c>
-      <c r="H77" s="2">
-[...56 lines deleted...]
-      </c>
       <c r="H79" s="2">
-        <v>45833</v>
+        <v>45739</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="80" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+    <row r="80" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A80" s="2">
-        <v>45618</v>
+        <v>45568</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>116</v>
+        <v>80</v>
       </c>
       <c r="D80" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E80" s="5" t="s">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="E80" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="F80" s="4" t="s">
+        <v>82</v>
       </c>
       <c r="G80" s="2">
-        <v>45838</v>
+        <v>45747</v>
       </c>
       <c r="H80" s="2">
         <v>45747</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="81" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
+    <row r="81" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A81" s="2">
-        <v>45603</v>
+        <v>45568</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>116</v>
+        <v>80</v>
       </c>
       <c r="D81" s="3" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>118</v>
+        <v>16</v>
+      </c>
+      <c r="E81" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="F81" s="4" t="s">
+        <v>84</v>
       </c>
       <c r="G81" s="2">
         <v>45747</v>
       </c>
       <c r="H81" s="2">
         <v>45747</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="82" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+    <row r="82" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A82" s="2">
-        <v>45594</v>
+        <v>45567</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>94</v>
+        <v>75</v>
       </c>
       <c r="D82" s="3" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>96</v>
+        <v>59</v>
+      </c>
+      <c r="E82" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="F82" s="4" t="s">
+        <v>77</v>
       </c>
       <c r="G82" s="2">
-        <v>45658</v>
+        <v>46023</v>
       </c>
       <c r="H82" s="2">
-        <v>45658</v>
+        <v>46023</v>
       </c>
       <c r="I82" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="83" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A83" s="2">
-        <v>45583</v>
+        <v>45567</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>87</v>
+        <v>50</v>
       </c>
       <c r="D83" s="3" t="s">
-        <v>88</v>
-[...5 lines deleted...]
-        <v>90</v>
+        <v>11</v>
+      </c>
+      <c r="E83" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="F83" s="4" t="s">
+        <v>79</v>
       </c>
       <c r="G83" s="2">
-        <v>45838</v>
+        <v>45608</v>
       </c>
       <c r="H83" s="2">
-        <v>45838</v>
+        <v>45608</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="84" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+    <row r="84" spans="1:9" ht="116" x14ac:dyDescent="0.35">
       <c r="A84" s="2">
-        <v>45573</v>
+        <v>45561</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>85</v>
+        <v>71</v>
       </c>
       <c r="D84" s="3" t="s">
-        <v>29</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>72</v>
+      </c>
+      <c r="E84" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="F84" s="4" t="s">
+        <v>74</v>
       </c>
       <c r="G84" s="2">
         <v>45739</v>
       </c>
       <c r="H84" s="2">
         <v>45739</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="85" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A85" s="2">
-        <v>45568</v>
+        <v>45554</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>80</v>
+        <v>68</v>
       </c>
       <c r="D85" s="3" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>82</v>
+        <v>11</v>
+      </c>
+      <c r="E85" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="F85" s="4" t="s">
+        <v>70</v>
       </c>
       <c r="G85" s="2">
-        <v>45747</v>
+        <v>46023</v>
       </c>
       <c r="H85" s="2">
-        <v>45747</v>
+        <v>46023</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="86" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+    <row r="86" spans="1:9" ht="174" x14ac:dyDescent="0.35">
       <c r="A86" s="2">
-        <v>45568</v>
+        <v>45545</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="D86" s="3" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>84</v>
+        <v>29</v>
+      </c>
+      <c r="E86" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="F86" s="4" t="s">
+        <v>67</v>
       </c>
       <c r="G86" s="2">
-        <v>45747</v>
+        <v>45838</v>
       </c>
       <c r="H86" s="2">
         <v>45747</v>
       </c>
       <c r="I86" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="87" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+    <row r="87" spans="1:9" ht="58" x14ac:dyDescent="0.35">
       <c r="A87" s="2">
-        <v>45567</v>
+        <v>45534</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C87" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="D87" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E87" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="F87" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G87" s="2">
+        <v>45672</v>
+      </c>
+      <c r="H87" s="2">
+        <v>45672</v>
+      </c>
+      <c r="I87" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" ht="87" x14ac:dyDescent="0.35">
+      <c r="A88" s="2">
+        <v>45531</v>
+      </c>
+      <c r="B88" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="D88" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E88" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="F88" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="G88" s="2">
+        <v>45658</v>
+      </c>
+      <c r="H88" s="2">
+        <v>45588</v>
+      </c>
+      <c r="I88" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A89" s="2">
+        <v>45525</v>
+      </c>
+      <c r="B89" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="D89" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E89" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="F89" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="G89" s="2">
+        <v>45739</v>
+      </c>
+      <c r="H89" s="2">
+        <v>45739</v>
+      </c>
+      <c r="I89" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A90" s="2">
+        <v>45523</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="D87" s="3" t="s">
-[...57 lines deleted...]
-      <c r="D89" s="3" t="s">
+      <c r="D90" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="E89" s="5" t="s">
-[...32 lines deleted...]
-        <v>64</v>
+      <c r="E90" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="F90" s="4" t="s">
+        <v>31</v>
       </c>
       <c r="G90" s="2">
-        <v>45672</v>
+        <v>45659</v>
       </c>
       <c r="H90" s="2">
-        <v>45672</v>
+        <v>45659</v>
       </c>
       <c r="I90" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="91" spans="1:9" ht="87" x14ac:dyDescent="0.35">
+    <row r="91" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A91" s="2">
-        <v>45531</v>
+        <v>45519</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="D91" s="3" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>57</v>
+        <v>29</v>
+      </c>
+      <c r="E91" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="F91" s="4" t="s">
+        <v>49</v>
       </c>
       <c r="G91" s="2">
-        <v>45658</v>
+        <v>46023</v>
       </c>
       <c r="H91" s="2">
-        <v>45588</v>
+        <v>46023</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="92" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+    <row r="92" spans="1:9" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A92" s="2">
-        <v>45525</v>
+        <v>45506</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="D92" s="3" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>29</v>
+      </c>
+      <c r="E92" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F92" s="4" t="s">
+        <v>40</v>
       </c>
       <c r="G92" s="2">
-        <v>45739</v>
+        <v>46023</v>
       </c>
       <c r="H92" s="2">
-        <v>45739</v>
+        <v>46023</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="93" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A93" s="2">
         <v>45499</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C93" s="3" t="s">
         <v>33</v>
       </c>
       <c r="D93" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="E93" s="5" t="s">
+      <c r="E93" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="F93" s="5" t="s">
+      <c r="F93" s="4" t="s">
         <v>35</v>
       </c>
       <c r="G93" s="2">
         <v>46023</v>
       </c>
       <c r="H93" s="2">
         <v>45622</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="94" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+    <row r="94" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A94" s="2">
-        <v>45489</v>
+        <v>45499</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="D94" s="3" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>32</v>
+        <v>29</v>
+      </c>
+      <c r="E94" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="F94" s="4" t="s">
+        <v>31</v>
       </c>
       <c r="G94" s="2">
-        <v>45504</v>
+        <v>46023</v>
       </c>
       <c r="H94" s="2">
-        <v>45502</v>
+        <v>45740</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="95" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+    <row r="95" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A95" s="2">
-        <v>45406</v>
+        <v>45491</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="D95" s="3" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>29</v>
+      </c>
+      <c r="E95" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F95" s="4" t="s">
+        <v>43</v>
       </c>
       <c r="G95" s="2">
-        <v>45459</v>
+        <v>46023</v>
       </c>
       <c r="H95" s="2">
-        <v>45459</v>
+        <v>46023</v>
       </c>
       <c r="I95" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="96" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A96" s="2">
-        <v>45406</v>
+        <v>45489</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D96" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E96" s="5" t="s">
+      <c r="E96" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="F96" s="5" t="s">
-        <v>18</v>
+      <c r="F96" s="4" t="s">
+        <v>32</v>
       </c>
       <c r="G96" s="2">
-        <v>45413</v>
+        <v>45504</v>
       </c>
       <c r="H96" s="2">
-        <v>45413</v>
+        <v>45502</v>
       </c>
       <c r="I96" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="97" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+    <row r="97" spans="1:9" ht="58" x14ac:dyDescent="0.35">
       <c r="A97" s="2">
-        <v>45331</v>
+        <v>45481</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="D97" s="3" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>29</v>
+      </c>
+      <c r="E97" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="F97" s="4" t="s">
+        <v>31</v>
       </c>
       <c r="G97" s="2">
-        <v>45459</v>
+        <v>46024</v>
       </c>
       <c r="H97" s="2">
-        <v>45460</v>
+        <v>46022</v>
       </c>
       <c r="I97" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="98" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
+    <row r="98" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A98" s="2">
-        <v>45330</v>
+        <v>45406</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="E98" s="5" t="s">
-[...3 lines deleted...]
-        <v>27</v>
+      <c r="E98" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F98" s="4" t="s">
+        <v>13</v>
       </c>
       <c r="G98" s="2">
-        <v>45444</v>
+        <v>45459</v>
       </c>
       <c r="H98" s="2">
         <v>45459</v>
       </c>
       <c r="I98" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="99" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+    <row r="99" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A99" s="2">
-        <v>45306</v>
+        <v>45406</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>174</v>
+        <v>15</v>
       </c>
       <c r="D99" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E99" s="5" t="s">
+      <c r="E99" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F99" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="G99" s="2">
+        <v>45413</v>
+      </c>
+      <c r="H99" s="2">
+        <v>45413</v>
+      </c>
+      <c r="I99" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A100" s="2">
+        <v>45331</v>
+      </c>
+      <c r="B100" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D100" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E100" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F100" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="G100" s="2">
+        <v>45459</v>
+      </c>
+      <c r="H100" s="2">
+        <v>45460</v>
+      </c>
+      <c r="I100" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A101" s="2">
+        <v>45330</v>
+      </c>
+      <c r="B101" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="D101" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E101" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F101" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G101" s="2">
+        <v>45444</v>
+      </c>
+      <c r="H101" s="2">
+        <v>45459</v>
+      </c>
+      <c r="I101" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+      <c r="A102" s="2">
+        <v>45306</v>
+      </c>
+      <c r="B102" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="D102" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E102" s="4" t="s">
         <v>175</v>
       </c>
-      <c r="F99" s="5" t="s">
+      <c r="F102" s="4" t="s">
         <v>176</v>
       </c>
-      <c r="G99" s="2">
+      <c r="G102" s="2">
         <v>45688</v>
       </c>
-      <c r="H99" s="2">
+      <c r="H102" s="2">
         <v>45673</v>
       </c>
-      <c r="I99" s="1" t="s">
+      <c r="I102" s="1" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Unknown Document Type" ma:contentTypeID="0x010104" ma:contentTypeVersion="0" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="05d83ceaa0bbd2e3bc716e6e66bd857a">
@@ -4792,68 +4963,71 @@
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81C3E96E-0BAB-4587-AB16-F6B1C532AA1B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E9A09E9-6DF1-4907-94FB-1C58AA548B45}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A980DA64-2B11-4F80-A39E-F32FA61CADE5}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12EBBFF6-D19D-4C25-87ED-22CF83C4E0FF}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6B9F4E67-5781-4E9C-8B7A-D8EF0EEB4C45}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD1FB908-37D2-4086-9E49-DF85323DF3A9}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>TY24 Issues (Open &amp; Resolved)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Walker Teresa A</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>