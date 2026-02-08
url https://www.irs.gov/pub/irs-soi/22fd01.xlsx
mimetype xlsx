--- v0 (2025-12-05)
+++ v1 (2026-02-08)
@@ -1,60 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\PUB1304\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\TaxStatsContentUpdates\2025\10 October\Individual and Tax Exempt\Estate and Trusts\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{7CDBA03D-38FA-4C36-88AF-36213780DE0B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8656D19D-65B6-4670-BB13-089813C83112}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{D7233064-4174-41C7-B16D-E851B1B00D64}"/>
+    <workbookView xWindow="-28920" yWindow="-1860" windowWidth="29040" windowHeight="17520" xr2:uid="{D7233064-4174-41C7-B16D-E851B1B00D64}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -939,126 +936,126 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="2" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="2" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="2" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="2" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="2" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="23" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="24" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-[...34 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1324,210 +1321,210 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B8357335-B55C-45B9-A595-056D0FDA86F7}">
   <dimension ref="A1:BH53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="6" topLeftCell="B7" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="B7" sqref="B7"/>
+      <selection pane="bottomRight" sqref="A1:AF1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="65.42578125" customWidth="1"/>
     <col min="2" max="5" width="15.7109375" customWidth="1"/>
     <col min="6" max="6" width="18.28515625" style="1" customWidth="1"/>
     <col min="7" max="8" width="15.7109375" customWidth="1"/>
     <col min="9" max="9" width="17.140625" style="1" customWidth="1"/>
     <col min="10" max="12" width="15.7109375" customWidth="1"/>
     <col min="13" max="13" width="15.7109375" style="1" customWidth="1"/>
     <col min="14" max="17" width="15.7109375" customWidth="1"/>
     <col min="18" max="18" width="15.7109375" style="1" customWidth="1"/>
     <col min="19" max="19" width="15.7109375" customWidth="1"/>
     <col min="20" max="21" width="15.7109375" style="1" customWidth="1"/>
     <col min="22" max="26" width="15.7109375" customWidth="1"/>
     <col min="27" max="27" width="13.5703125" customWidth="1"/>
     <col min="28" max="28" width="13.28515625" customWidth="1"/>
     <col min="29" max="29" width="13.5703125" customWidth="1"/>
     <col min="30" max="30" width="14.28515625" customWidth="1"/>
     <col min="31" max="31" width="13.42578125" customWidth="1"/>
     <col min="32" max="32" width="14.42578125" customWidth="1"/>
     <col min="34" max="34" width="11.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="72" t="s">
+      <c r="A1" s="84" t="s">
         <v>79</v>
       </c>
-      <c r="B1" s="72"/>
-[...29 lines deleted...]
-      <c r="AF1" s="72"/>
+      <c r="B1" s="84"/>
+      <c r="C1" s="84"/>
+      <c r="D1" s="84"/>
+      <c r="E1" s="84"/>
+      <c r="F1" s="84"/>
+      <c r="G1" s="84"/>
+      <c r="H1" s="84"/>
+      <c r="I1" s="84"/>
+      <c r="J1" s="84"/>
+      <c r="K1" s="84"/>
+      <c r="L1" s="84"/>
+      <c r="M1" s="84"/>
+      <c r="N1" s="84"/>
+      <c r="O1" s="84"/>
+      <c r="P1" s="84"/>
+      <c r="Q1" s="84"/>
+      <c r="R1" s="84"/>
+      <c r="S1" s="84"/>
+      <c r="T1" s="84"/>
+      <c r="U1" s="84"/>
+      <c r="V1" s="84"/>
+      <c r="W1" s="84"/>
+      <c r="X1" s="84"/>
+      <c r="Y1" s="84"/>
+      <c r="Z1" s="84"/>
+      <c r="AA1" s="84"/>
+      <c r="AB1" s="84"/>
+      <c r="AC1" s="84"/>
+      <c r="AD1" s="84"/>
+      <c r="AE1" s="84"/>
+      <c r="AF1" s="84"/>
     </row>
     <row r="2" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="73" t="s">
+      <c r="A2" s="85" t="s">
         <v>27</v>
       </c>
-      <c r="B2" s="73"/>
-[...29 lines deleted...]
-      <c r="AF2" s="73"/>
+      <c r="B2" s="85"/>
+      <c r="C2" s="85"/>
+      <c r="D2" s="85"/>
+      <c r="E2" s="85"/>
+      <c r="F2" s="85"/>
+      <c r="G2" s="85"/>
+      <c r="H2" s="85"/>
+      <c r="I2" s="85"/>
+      <c r="J2" s="85"/>
+      <c r="K2" s="85"/>
+      <c r="L2" s="85"/>
+      <c r="M2" s="85"/>
+      <c r="N2" s="85"/>
+      <c r="O2" s="85"/>
+      <c r="P2" s="85"/>
+      <c r="Q2" s="85"/>
+      <c r="R2" s="85"/>
+      <c r="S2" s="85"/>
+      <c r="T2" s="85"/>
+      <c r="U2" s="85"/>
+      <c r="V2" s="85"/>
+      <c r="W2" s="85"/>
+      <c r="X2" s="85"/>
+      <c r="Y2" s="85"/>
+      <c r="Z2" s="85"/>
+      <c r="AA2" s="85"/>
+      <c r="AB2" s="85"/>
+      <c r="AC2" s="85"/>
+      <c r="AD2" s="85"/>
+      <c r="AE2" s="85"/>
+      <c r="AF2" s="85"/>
     </row>
     <row r="3" spans="1:34" s="9" customFormat="1" ht="15.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="80" t="s">
+      <c r="A3" s="75" t="s">
         <v>12</v>
       </c>
-      <c r="B3" s="82" t="s">
+      <c r="B3" s="77" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="83"/>
-      <c r="D3" s="75" t="s">
+      <c r="C3" s="78"/>
+      <c r="D3" s="70" t="s">
         <v>82</v>
       </c>
-      <c r="E3" s="78"/>
-[...7 lines deleted...]
-      <c r="M3" s="75" t="s">
+      <c r="E3" s="73"/>
+      <c r="F3" s="73"/>
+      <c r="G3" s="73"/>
+      <c r="H3" s="73"/>
+      <c r="I3" s="73"/>
+      <c r="J3" s="73"/>
+      <c r="K3" s="73"/>
+      <c r="L3" s="74"/>
+      <c r="M3" s="70" t="s">
         <v>81</v>
       </c>
-      <c r="N3" s="76"/>
-[...9 lines deleted...]
-      <c r="X3" s="77"/>
+      <c r="N3" s="71"/>
+      <c r="O3" s="71"/>
+      <c r="P3" s="71"/>
+      <c r="Q3" s="71"/>
+      <c r="R3" s="71"/>
+      <c r="S3" s="71"/>
+      <c r="T3" s="71"/>
+      <c r="U3" s="71"/>
+      <c r="V3" s="71"/>
+      <c r="W3" s="71"/>
+      <c r="X3" s="72"/>
       <c r="Y3" s="68" t="s">
         <v>24</v>
       </c>
       <c r="Z3" s="68" t="s">
         <v>25</v>
       </c>
       <c r="AA3" s="68" t="s">
         <v>38</v>
       </c>
       <c r="AB3" s="68" t="s">
         <v>39</v>
       </c>
       <c r="AC3" s="68" t="s">
         <v>40</v>
       </c>
       <c r="AD3" s="68" t="s">
         <v>41</v>
       </c>
       <c r="AE3" s="68" t="s">
         <v>42</v>
       </c>
-      <c r="AF3" s="70" t="s">
+      <c r="AF3" s="82" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="4" spans="1:34" s="9" customFormat="1" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="81"/>
-[...1 lines deleted...]
-      <c r="C4" s="85"/>
+      <c r="A4" s="76"/>
+      <c r="B4" s="79"/>
+      <c r="C4" s="80"/>
       <c r="D4" s="29" t="s">
         <v>1</v>
       </c>
       <c r="E4" s="29" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="29" t="s">
         <v>37</v>
       </c>
       <c r="G4" s="29" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="29" t="s">
         <v>4</v>
       </c>
       <c r="I4" s="29" t="s">
         <v>29</v>
       </c>
       <c r="J4" s="29" t="s">
         <v>30</v>
       </c>
       <c r="K4" s="29" t="s">
         <v>31</v>
       </c>
       <c r="L4" s="29" t="s">
@@ -1554,51 +1551,51 @@
       <c r="S4" s="29" t="s">
         <v>11</v>
       </c>
       <c r="T4" s="29" t="s">
         <v>33</v>
       </c>
       <c r="U4" s="29" t="s">
         <v>34</v>
       </c>
       <c r="V4" s="29" t="s">
         <v>35</v>
       </c>
       <c r="W4" s="29" t="s">
         <v>36</v>
       </c>
       <c r="X4" s="29" t="s">
         <v>6</v>
       </c>
       <c r="Y4" s="69"/>
       <c r="Z4" s="69"/>
       <c r="AA4" s="69"/>
       <c r="AB4" s="69"/>
       <c r="AC4" s="69"/>
       <c r="AD4" s="69"/>
       <c r="AE4" s="69"/>
-      <c r="AF4" s="71"/>
+      <c r="AF4" s="83"/>
     </row>
     <row r="5" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A5" s="30"/>
       <c r="B5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I5" s="2" t="s">
@@ -1757,51 +1754,51 @@
       <c r="AB6" s="32" t="s">
         <v>74</v>
       </c>
       <c r="AC6" s="32" t="s">
         <v>75</v>
       </c>
       <c r="AD6" s="32" t="s">
         <v>76</v>
       </c>
       <c r="AE6" s="32" t="s">
         <v>77</v>
       </c>
       <c r="AF6" s="34" t="s">
         <v>78</v>
       </c>
       <c r="AG6" s="4"/>
     </row>
     <row r="7" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A7" s="37" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="38">
         <v>3195251</v>
       </c>
       <c r="C7" s="38">
-        <v>542111024</v>
+        <v>542106605</v>
       </c>
       <c r="D7" s="38">
         <v>57658369</v>
       </c>
       <c r="E7" s="38">
         <v>61991729</v>
       </c>
       <c r="F7" s="39">
         <v>22671642</v>
       </c>
       <c r="G7" s="38">
         <v>-10203957</v>
       </c>
       <c r="H7" s="38">
         <v>130067178</v>
       </c>
       <c r="I7" s="39">
         <v>45197090</v>
       </c>
       <c r="J7" s="38">
         <v>250272</v>
       </c>
       <c r="K7" s="38">
         <v>1926724</v>
       </c>
@@ -2351,51 +2348,51 @@
       <c r="AB12" s="45">
         <v>23045</v>
       </c>
       <c r="AC12" s="45">
         <v>4140181</v>
       </c>
       <c r="AD12" s="45">
         <v>482695</v>
       </c>
       <c r="AE12" s="45">
         <v>1387</v>
       </c>
       <c r="AF12" s="46">
         <v>16226910</v>
       </c>
       <c r="AH12" s="35"/>
     </row>
     <row r="13" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A13" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="43">
         <v>29732</v>
       </c>
       <c r="C13" s="43">
-        <v>75409050</v>
+        <v>75404631</v>
       </c>
       <c r="D13" s="43">
         <v>4590104</v>
       </c>
       <c r="E13" s="43">
         <v>12485432</v>
       </c>
       <c r="F13" s="44">
         <v>5085642</v>
       </c>
       <c r="G13" s="43">
         <v>431503</v>
       </c>
       <c r="H13" s="43">
         <v>36573180</v>
       </c>
       <c r="I13" s="44">
         <v>16029690</v>
       </c>
       <c r="J13" s="43">
         <v>23875</v>
       </c>
       <c r="K13" s="43">
         <v>751750</v>
       </c>
@@ -3341,51 +3338,51 @@
       <c r="AB22" s="45">
         <v>80887</v>
       </c>
       <c r="AC22" s="45">
         <v>12038982</v>
       </c>
       <c r="AD22" s="45">
         <v>31169708</v>
       </c>
       <c r="AE22" s="45">
         <v>894</v>
       </c>
       <c r="AF22" s="46">
         <v>74927383</v>
       </c>
       <c r="AH22" s="35"/>
     </row>
     <row r="23" spans="1:60" x14ac:dyDescent="0.25">
       <c r="A23" s="47" t="s">
         <v>21</v>
       </c>
       <c r="B23" s="48">
         <v>2044164</v>
       </c>
       <c r="C23" s="48">
-        <v>56216491</v>
+        <v>56212072</v>
       </c>
       <c r="D23" s="48">
         <v>5159398</v>
       </c>
       <c r="E23" s="48">
         <v>19063220</v>
       </c>
       <c r="F23" s="49">
         <v>1674211</v>
       </c>
       <c r="G23" s="48">
         <v>-11573513</v>
       </c>
       <c r="H23" s="48">
         <v>20944401</v>
       </c>
       <c r="I23" s="49">
         <v>11959906</v>
       </c>
       <c r="J23" s="48">
         <v>126364</v>
       </c>
       <c r="K23" s="48">
         <v>-976980</v>
       </c>
@@ -4025,51 +4022,51 @@
       <c r="AB28" s="45">
         <v>16547</v>
       </c>
       <c r="AC28" s="45">
         <v>471232</v>
       </c>
       <c r="AD28" s="45">
         <v>180820</v>
       </c>
       <c r="AE28" s="45">
         <v>108</v>
       </c>
       <c r="AF28" s="46">
         <v>2140700</v>
       </c>
       <c r="AH28" s="35"/>
     </row>
     <row r="29" spans="1:60" x14ac:dyDescent="0.25">
       <c r="A29" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B29" s="43">
         <v>6862</v>
       </c>
       <c r="C29" s="43">
-        <v>15475910</v>
+        <v>15471491</v>
       </c>
       <c r="D29" s="43">
         <v>858588</v>
       </c>
       <c r="E29" s="43">
         <v>2699423</v>
       </c>
       <c r="F29" s="44">
         <v>240932</v>
       </c>
       <c r="G29" s="43">
         <v>95275</v>
       </c>
       <c r="H29" s="43">
         <v>5943760</v>
       </c>
       <c r="I29" s="44">
         <v>3888650</v>
       </c>
       <c r="J29" s="43">
         <v>14920</v>
       </c>
       <c r="K29" s="43">
         <v>163594</v>
       </c>
@@ -4216,204 +4213,204 @@
       </c>
       <c r="Z30" s="7">
         <v>341570</v>
       </c>
       <c r="AA30" s="33">
         <v>491802</v>
       </c>
       <c r="AB30" s="33">
         <v>42593</v>
       </c>
       <c r="AC30" s="33">
         <v>186004</v>
       </c>
       <c r="AD30" s="33">
         <v>589919</v>
       </c>
       <c r="AE30" s="33">
         <v>3</v>
       </c>
       <c r="AF30" s="28">
         <v>1225134</v>
       </c>
       <c r="AH30" s="35"/>
     </row>
     <row r="31" spans="1:60" x14ac:dyDescent="0.25">
-      <c r="A31" s="67" t="s">
+      <c r="A31" s="81" t="s">
         <v>47</v>
       </c>
-      <c r="B31" s="67"/>
-[...29 lines deleted...]
-      <c r="AF31" s="67"/>
+      <c r="B31" s="81"/>
+      <c r="C31" s="81"/>
+      <c r="D31" s="81"/>
+      <c r="E31" s="81"/>
+      <c r="F31" s="81"/>
+      <c r="G31" s="81"/>
+      <c r="H31" s="81"/>
+      <c r="I31" s="81"/>
+      <c r="J31" s="81"/>
+      <c r="K31" s="81"/>
+      <c r="L31" s="81"/>
+      <c r="M31" s="81"/>
+      <c r="N31" s="81"/>
+      <c r="O31" s="81"/>
+      <c r="P31" s="81"/>
+      <c r="Q31" s="81"/>
+      <c r="R31" s="81"/>
+      <c r="S31" s="81"/>
+      <c r="T31" s="81"/>
+      <c r="U31" s="81"/>
+      <c r="V31" s="81"/>
+      <c r="W31" s="81"/>
+      <c r="X31" s="81"/>
+      <c r="Y31" s="81"/>
+      <c r="Z31" s="81"/>
+      <c r="AA31" s="81"/>
+      <c r="AB31" s="81"/>
+      <c r="AC31" s="81"/>
+      <c r="AD31" s="81"/>
+      <c r="AE31" s="81"/>
+      <c r="AF31" s="81"/>
     </row>
     <row r="32" spans="1:60" s="5" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="74" t="s">
+      <c r="A32" s="67" t="s">
         <v>28</v>
       </c>
-      <c r="B32" s="74"/>
-[...23 lines deleted...]
-      <c r="Z32" s="74"/>
+      <c r="B32" s="67"/>
+      <c r="C32" s="67"/>
+      <c r="D32" s="67"/>
+      <c r="E32" s="67"/>
+      <c r="F32" s="67"/>
+      <c r="G32" s="67"/>
+      <c r="H32" s="67"/>
+      <c r="I32" s="67"/>
+      <c r="J32" s="67"/>
+      <c r="K32" s="67"/>
+      <c r="L32" s="67"/>
+      <c r="M32" s="67"/>
+      <c r="N32" s="67"/>
+      <c r="O32" s="67"/>
+      <c r="P32" s="67"/>
+      <c r="Q32" s="67"/>
+      <c r="R32" s="67"/>
+      <c r="S32" s="67"/>
+      <c r="T32" s="67"/>
+      <c r="U32" s="67"/>
+      <c r="V32" s="67"/>
+      <c r="W32" s="67"/>
+      <c r="X32" s="67"/>
+      <c r="Y32" s="67"/>
+      <c r="Z32" s="67"/>
     </row>
     <row r="33" spans="1:32" s="5" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="74" t="s">
+      <c r="A33" s="67" t="s">
         <v>80</v>
       </c>
-      <c r="B33" s="74"/>
-[...23 lines deleted...]
-      <c r="Z33" s="74"/>
+      <c r="B33" s="67"/>
+      <c r="C33" s="67"/>
+      <c r="D33" s="67"/>
+      <c r="E33" s="67"/>
+      <c r="F33" s="67"/>
+      <c r="G33" s="67"/>
+      <c r="H33" s="67"/>
+      <c r="I33" s="67"/>
+      <c r="J33" s="67"/>
+      <c r="K33" s="67"/>
+      <c r="L33" s="67"/>
+      <c r="M33" s="67"/>
+      <c r="N33" s="67"/>
+      <c r="O33" s="67"/>
+      <c r="P33" s="67"/>
+      <c r="Q33" s="67"/>
+      <c r="R33" s="67"/>
+      <c r="S33" s="67"/>
+      <c r="T33" s="67"/>
+      <c r="U33" s="67"/>
+      <c r="V33" s="67"/>
+      <c r="W33" s="67"/>
+      <c r="X33" s="67"/>
+      <c r="Y33" s="67"/>
+      <c r="Z33" s="67"/>
     </row>
     <row r="34" spans="1:32" s="5" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="74" t="s">
+      <c r="A34" s="67" t="s">
         <v>46</v>
       </c>
-      <c r="B34" s="74"/>
-[...23 lines deleted...]
-      <c r="Z34" s="74"/>
+      <c r="B34" s="67"/>
+      <c r="C34" s="67"/>
+      <c r="D34" s="67"/>
+      <c r="E34" s="67"/>
+      <c r="F34" s="67"/>
+      <c r="G34" s="67"/>
+      <c r="H34" s="67"/>
+      <c r="I34" s="67"/>
+      <c r="J34" s="67"/>
+      <c r="K34" s="67"/>
+      <c r="L34" s="67"/>
+      <c r="M34" s="67"/>
+      <c r="N34" s="67"/>
+      <c r="O34" s="67"/>
+      <c r="P34" s="67"/>
+      <c r="Q34" s="67"/>
+      <c r="R34" s="67"/>
+      <c r="S34" s="67"/>
+      <c r="T34" s="67"/>
+      <c r="U34" s="67"/>
+      <c r="V34" s="67"/>
+      <c r="W34" s="67"/>
+      <c r="X34" s="67"/>
+      <c r="Y34" s="67"/>
+      <c r="Z34" s="67"/>
     </row>
     <row r="35" spans="1:32" x14ac:dyDescent="0.25">
-      <c r="A35" s="74" t="s">
+      <c r="A35" s="67" t="s">
         <v>44</v>
       </c>
-      <c r="B35" s="74"/>
-[...23 lines deleted...]
-      <c r="Z35" s="74"/>
+      <c r="B35" s="67"/>
+      <c r="C35" s="67"/>
+      <c r="D35" s="67"/>
+      <c r="E35" s="67"/>
+      <c r="F35" s="67"/>
+      <c r="G35" s="67"/>
+      <c r="H35" s="67"/>
+      <c r="I35" s="67"/>
+      <c r="J35" s="67"/>
+      <c r="K35" s="67"/>
+      <c r="L35" s="67"/>
+      <c r="M35" s="67"/>
+      <c r="N35" s="67"/>
+      <c r="O35" s="67"/>
+      <c r="P35" s="67"/>
+      <c r="Q35" s="67"/>
+      <c r="R35" s="67"/>
+      <c r="S35" s="67"/>
+      <c r="T35" s="67"/>
+      <c r="U35" s="67"/>
+      <c r="V35" s="67"/>
+      <c r="W35" s="67"/>
+      <c r="X35" s="67"/>
+      <c r="Y35" s="67"/>
+      <c r="Z35" s="67"/>
     </row>
     <row r="36" spans="1:32" x14ac:dyDescent="0.25">
       <c r="C36" s="26"/>
       <c r="D36" s="26"/>
       <c r="E36" s="26"/>
       <c r="F36" s="26"/>
       <c r="G36" s="26"/>
       <c r="H36" s="26"/>
       <c r="I36" s="26"/>
       <c r="J36" s="26"/>
       <c r="K36" s="26"/>
       <c r="L36" s="26"/>
       <c r="M36" s="26"/>
       <c r="N36" s="26"/>
       <c r="O36" s="26"/>
       <c r="P36" s="26"/>
       <c r="Q36" s="26"/>
       <c r="R36" s="26"/>
       <c r="S36" s="26"/>
       <c r="T36" s="26"/>
       <c r="U36" s="26"/>
       <c r="V36" s="26"/>
       <c r="W36" s="26"/>
       <c r="X36" s="26"/>
       <c r="Y36" s="26"/>
@@ -4856,238 +4853,89 @@
       <c r="K53" s="35"/>
       <c r="L53" s="35"/>
       <c r="M53" s="35"/>
       <c r="N53" s="35"/>
       <c r="O53" s="35"/>
       <c r="P53" s="35"/>
       <c r="Q53" s="35"/>
       <c r="R53" s="35"/>
       <c r="S53" s="35"/>
       <c r="T53" s="35"/>
       <c r="U53" s="35"/>
       <c r="V53" s="35"/>
       <c r="W53" s="35"/>
       <c r="X53" s="35"/>
       <c r="Y53" s="35"/>
       <c r="Z53" s="35"/>
       <c r="AA53" s="35"/>
       <c r="AB53" s="35"/>
       <c r="AC53" s="35"/>
       <c r="AD53" s="35"/>
       <c r="AE53" s="35"/>
       <c r="AF53" s="35"/>
     </row>
   </sheetData>
   <mergeCells count="19">
+    <mergeCell ref="AF3:AF4"/>
+    <mergeCell ref="A1:AF1"/>
+    <mergeCell ref="A2:AF2"/>
     <mergeCell ref="A35:Z35"/>
     <mergeCell ref="A34:Z34"/>
     <mergeCell ref="A32:Z32"/>
     <mergeCell ref="A33:Z33"/>
     <mergeCell ref="AC3:AC4"/>
     <mergeCell ref="M3:X3"/>
     <mergeCell ref="D3:L3"/>
     <mergeCell ref="AB3:AB4"/>
     <mergeCell ref="AA3:AA4"/>
     <mergeCell ref="Y3:Y4"/>
     <mergeCell ref="Z3:Z4"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:C4"/>
     <mergeCell ref="A31:AF31"/>
     <mergeCell ref="AD3:AD4"/>
     <mergeCell ref="AE3:AE4"/>
-    <mergeCell ref="AF3:AF4"/>
-[...1 lines deleted...]
-    <mergeCell ref="A2:AF2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="B6:AF6" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...151 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company>Internal Revenue Service</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Roy Sudeshna</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>